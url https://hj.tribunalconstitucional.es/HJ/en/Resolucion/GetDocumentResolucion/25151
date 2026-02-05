--- v0 (2025-12-13)
+++ v1 (2026-02-05)
@@ -2686,51 +2686,51 @@
     </w:p>
     <w:p w:rsidRPr="00C21FFE" w:rsidR="00F31FAF" w:rsidRDefault="00356547">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="&lt;w:rPr xmlns:w=&quot;http://schemas.openxmlformats.org/wordprocessingml/2006/main&quot;&gt;&lt;w:lang w:val=&quot;es-ES_tradnl&quot; /&gt;&lt;/w:rPr&gt;">
         <w:rPr/>
         <w:t xml:space="preserve">b) Por otra parte, ningún precepto constitucional impide explícitamente, ni una prohibición de tal índole cabe inferir de los principios que informan nuestro modelo de jurisdicción constitucional, que el legislador orgánico ex art. 165 CE pueda establecer un proceso incidental que tenga por objeto velar por la efectividad y cumplimiento de las resoluciones del Tribunal y pueda poner a disposición de éste instrumentos o medidas destinados a dicha finalidad, así como que aquel proceso pueda dirigirse y que estos instrumentos o medidas puedan adoptarse en hipótesis en relación con altos órganos del Estado y de las Comunidades Autónomas cuando sean los destinatarios del cumplimiento de aquellas resoluciones.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00C21FFE" w:rsidR="00F31FAF" w:rsidRDefault="00356547">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="&lt;w:rPr xmlns:w=&quot;http://schemas.openxmlformats.org/wordprocessingml/2006/main&quot;&gt;&lt;w:lang w:val=&quot;es-ES_tradnl&quot; /&gt;&lt;/w:rPr&gt;">
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00C21FFE" w:rsidR="00F31FAF" w:rsidRDefault="00356547">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="&lt;w:rPr xmlns:w=&quot;http://schemas.openxmlformats.org/wordprocessingml/2006/main&quot;&gt;&lt;w:lang w:val=&quot;es-ES_tradnl&quot; /&gt;&lt;/w:rPr&gt;">
         <w:rPr/>
-        <w:t xml:space="preserve">En este extremo, resulta necesario precisar, frente al planteamiento que se desliza en la demanda, que al Tribunal, como ya hemos señalado, no sólo le corresponde decidir las controversias que se susciten en los procesos constitucionales que ante él se promueven, sino también, en cuando componente esencial de la función jurisdiccional que tiene atribuida ex constitutione, la titularidad de la potestad de ejecutar sus resoluciones, velando por el cumplimiento y la efectividad de las mismas, sin la cual aquella función jurisdiccional devendría huera. En fin, hemos de concluir el examen de las alegaciones de los Letrados del Gobierno Vasco en las que fundan la impugnación conjunta del art. 92.4 b) y c) y 5 LOTC insistiendo, una vez más, en que todos los poderes públicos, y por ende sus titulares, están obligados al debido cumplimiento de las resoluciones de este Tribunal (art. 87.1 CE), lo que es consecuencia de su sumisión a la Constitución (art. 9.1 CE) [AATC 141/2016, FJ 2, y 170/2016, FF JJ 2 y 8], sin que el contenido de las disposiciones, resoluciones o actos emanados de los poderes públicos, cualquiera que sea, pueda menoscabar la integridad de las competencias que la Constitución encomienda a este Tribunal, que ejercerá cuando proceda (ATC 170 /2016, FJ 8, con cita de los AATC 189/2015, de 5 de noviembre, FJ 3, y 141/2016, FJ 7).</w:t>
+        <w:t xml:space="preserve">En este extremo, resulta necesario precisar, frente al planteamiento que se desliza en la demanda, que al Tribunal, como ya hemos señalado, no sólo le corresponde decidir las controversias que se susciten en los procesos constitucionales que ante él se promueven, sino también, en cuanto componente esencial de la función jurisdiccional que tiene atribuida ex constitutione, la titularidad de la potestad de ejecutar sus resoluciones, velando por el cumplimiento y la efectividad de las mismas, sin la cual aquella función jurisdiccional devendría huera. En fin, hemos de concluir el examen de las alegaciones de los Letrados del Gobierno Vasco en las que fundan la impugnación conjunta del art. 92.4 b) y c) y 5 LOTC insistiendo, una vez más, en que todos los poderes públicos, y por ende sus titulares, están obligados al debido cumplimiento de las resoluciones de este Tribunal (art. 87.1 CE), lo que es consecuencia de su sumisión a la Constitución (art. 9.1 CE) [AATC 141/2016, FJ 2, y 170/2016, FF JJ 2 y 8], sin que el contenido de las disposiciones, resoluciones o actos emanados de los poderes públicos, cualquiera que sea, pueda menoscabar la integridad de las competencias que la Constitución encomienda a este Tribunal, que ejercerá cuando proceda (ATC 170 /2016, FJ 8, con cita de los AATC 189/2015, de 5 de noviembre, FJ 3, y 141/2016, FJ 7).</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00C21FFE" w:rsidR="00F31FAF" w:rsidRDefault="00356547">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="&lt;w:rPr xmlns:w=&quot;http://schemas.openxmlformats.org/wordprocessingml/2006/main&quot;&gt;&lt;w:lang w:val=&quot;es-ES_tradnl&quot; /&gt;&lt;/w:rPr&gt;">
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00C21FFE" w:rsidR="00F31FAF" w:rsidRDefault="00356547">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="&lt;w:rPr xmlns:w=&quot;http://schemas.openxmlformats.org/wordprocessingml/2006/main&quot;&gt;&lt;w:lang w:val=&quot;es-ES_tradnl&quot; /&gt;&lt;/w:rPr&gt;">
         <w:rPr/>
         <w:t xml:space="preserve">c) Los Letrados del Gobierno Vasco concluyen este primer motivo de inconstitucionalidad aduciendo respecto de cada una de las medidas del art. 92.4 b) [suspensión en sus funciones de autoridades o empleados de la Administración responsable del incumplimiento], c) [ejecución sustitutoria, pudiendo requerir la colaboración del Gobierno de la Nación] y 5 LOTC [adopción de medidas necesarias para asegurar el cumplimiento de resoluciones que acuerden la suspensión de disposiciones, actos o actuaciones impugnados y concurran circunstancias de especial trascendencia constitucional] que vulneran el principio de separación de poderes, a lo que añaden, en relación con las medidas contempladas en el art. 92.4 c) y 92.5 LOTC, que pueden llegar a afectar a la actividad de las Cámaras parlamentarias, que gozan de la prerrogativa de la inviolabilidad.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00C21FFE" w:rsidR="00F31FAF" w:rsidRDefault="00356547">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="&lt;w:rPr xmlns:w=&quot;http://schemas.openxmlformats.org/wordprocessingml/2006/main&quot;&gt;&lt;w:lang w:val=&quot;es-ES_tradnl&quot; /&gt;&lt;/w:rPr&gt;">