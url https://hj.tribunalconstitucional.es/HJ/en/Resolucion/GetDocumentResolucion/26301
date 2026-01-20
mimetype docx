--- v0 (2025-12-06)
+++ v1 (2026-01-20)
@@ -1300,51 +1300,51 @@
     </w:p>
     <w:p w:rsidRPr="00C21FFE" w:rsidR="00F31FAF" w:rsidRDefault="00356547">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="&lt;w:rPr xmlns:w=&quot;http://schemas.openxmlformats.org/wordprocessingml/2006/main&quot;&gt;&lt;w:lang w:val=&quot;es-ES_tradnl&quot; /&gt;&lt;/w:rPr&gt;">
         <w:rPr/>
         <w:t xml:space="preserve">Por su parte, a este Tribunal le corresponde controlar, cuando el asunto sea sometido a su jurisdicción por la vía del art. 42 LOTC, que en los supuestos en que los acuerdos de las mesas de las cámaras, adoptados en el ejercicio de su función de calificación y admisión, sean restrictivos del ius in officium de los parlamentarios, incorporen una motivación expresa, suficiente y adecuada, puesto que en “ausencia de motivación alguna no sería posible determinar si el rechazo de la iniciativa de control al gobierno entraña en sí misma el desconocimiento de la facultad que se ha querido ejercitar, ni si se manifiesta desprovista de razonabilidad en atención al fin institucional propio de la función que quiso ejercerse y los motivos aducidos para impedir su ejercicio” (SSTC 74/2009, de 23 de marzo, FJ 3, y 44/2010, FJ 4).</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00C21FFE" w:rsidR="00F31FAF" w:rsidRDefault="00356547">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="&lt;w:rPr xmlns:w=&quot;http://schemas.openxmlformats.org/wordprocessingml/2006/main&quot;&gt;&lt;w:lang w:val=&quot;es-ES_tradnl&quot; /&gt;&lt;/w:rPr&gt;">
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00C21FFE" w:rsidR="00F31FAF" w:rsidRDefault="00356547">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="&lt;w:rPr xmlns:w=&quot;http://schemas.openxmlformats.org/wordprocessingml/2006/main&quot;&gt;&lt;w:lang w:val=&quot;es-ES_tradnl&quot; /&gt;&lt;/w:rPr&gt;">
         <w:rPr/>
-        <w:t xml:space="preserve">La inadmisión de las preguntas parlamentarias, que supone una limitación de los derechos y facultades que integran el estatuto constitucionalmente relevante de los representantes políticos, cuya primera exigencia constitucional es la de que tal limitación aparezca suficientemente motivada (STC 38/1999, de 22 de marzo, FJ 2), implica que a este Tribunal le compete controlar que en los supuestos en que los acuerdos de la mesa sean contrarios a la admisibilidad de las preguntas, tales resoluciones incorporen una motivación expresa, suficiente y adecuada, en aplicación de las normas a las que está sujeta la mesa en el ejercicio de su función de calificación y admisión de los escritos y documentos de índole parlamentaria” (STC 33/2010, FJ 4).</w:t>
+        <w:t xml:space="preserve">La inadmisión de las preguntas parlamentarias, que supone una limitación de los derechos y facultades que integran el estatuto constitucionalmente relevante de los representantes políticos, cuya primera exigencia constitucional es la de que tal limitación aparezca suficientemente motivada (STC 38/1999, de 22 de marzo, FJ 2), implica que a este Tribunal le compete controlar que en los supuestos en que los acuerdos de la mesa sean contrarios a la admisibilidad de las preguntas, tales resoluciones incorporen una motivación expresa, suficiente y adecuada, en aplicación de las normas a las que está sujeta la mesa en el ejercicio de su función de calificación y admisión de los escritos y documentos de índole parlamentaria (STC 33/2010, FJ 4).</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00C21FFE" w:rsidR="00F31FAF" w:rsidRDefault="00356547">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="&lt;w:rPr xmlns:w=&quot;http://schemas.openxmlformats.org/wordprocessingml/2006/main&quot;&gt;&lt;w:lang w:val=&quot;es-ES_tradnl&quot; /&gt;&lt;/w:rPr&gt;">
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00C21FFE" w:rsidR="00F31FAF" w:rsidRDefault="00356547">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="&lt;w:rPr xmlns:w=&quot;http://schemas.openxmlformats.org/wordprocessingml/2006/main&quot;&gt;&lt;w:lang w:val=&quot;es-ES_tradnl&quot; /&gt;&lt;/w:rPr&gt;">
         <w:rPr/>
         <w:t xml:space="preserve">En todo caso, no puede dejarse de recordar a estos efectos que este Tribunal ha afirmado también en numerosas ocasiones (por todas, STC 242/2006, de 24 de julio, FJ 2) que, en virtud del respeto a la autonomía parlamentaria, su fiscalización de las decisiones de los órganos de las cámaras ha de limitarse a las decisiones arbitrarias o manifiestamente irrazonables, dejándoles un amplio margen para la decisión. Por esa razón, hemos declarado reiteradamente que “respecto a la función de calificación de los órganos parlamentarios, hay que partir de que este Tribunal solo puede realizar un control negativo, pues no le es dado, por respeto a la autonomía de las cámaras sobre los procedimientos que se desarrollan en su seno, reemplazar la voluntad de sus órganos en el ejercicio de la función de calificación, así como de decisión del procedimiento que han de seguir los escritos parlamentarios” [SSTC 213/2016, de 15 de diciembre, FJ 4, y 4/2018, de 22 de enero, FJ 5; en sentido similar, SSTC 153/2016, de 22 de septiembre, FJ 3, y 185/2016, de 3 de noviembre, FJ 5 c)].</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00C21FFE" w:rsidR="00F31FAF" w:rsidRDefault="00356547">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="&lt;w:rPr xmlns:w=&quot;http://schemas.openxmlformats.org/wordprocessingml/2006/main&quot;&gt;&lt;w:lang w:val=&quot;es-ES_tradnl&quot; /&gt;&lt;/w:rPr&gt;">