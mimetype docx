--- v0 (2025-12-20)
+++ v1 (2026-03-13)
@@ -1192,51 +1192,51 @@
     </w:p>
     <w:p w:rsidRPr="00C21FFE" w:rsidR="00F31FAF" w:rsidRDefault="00356547">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="&lt;w:rPr xmlns:w=&quot;http://schemas.openxmlformats.org/wordprocessingml/2006/main&quot;&gt;&lt;w:lang w:val=&quot;es-ES_tradnl&quot; /&gt;&lt;/w:rPr&gt;">
         <w:rPr/>
         <w:t xml:space="preserve">La doctrina constitucional expuesta resulta aplicable al supuesto que analizamos, de manera que el Juzgado de Primera Instancia e Instrucción núm. 5 de Arganda del Rey debería haber efectuado la citación o emplazamiento personal de la demandante, tras desplegar la actividad necesaria para averiguar su real domicilio, en lugar de tenerla por notificada por medio de su ex cónyuge.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00C21FFE" w:rsidR="00F31FAF" w:rsidRDefault="00356547">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="&lt;w:rPr xmlns:w=&quot;http://schemas.openxmlformats.org/wordprocessingml/2006/main&quot;&gt;&lt;w:lang w:val=&quot;es-ES_tradnl&quot; /&gt;&lt;/w:rPr&gt;">
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00C21FFE" w:rsidR="00F31FAF" w:rsidRDefault="00356547">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="&lt;w:rPr xmlns:w=&quot;http://schemas.openxmlformats.org/wordprocessingml/2006/main&quot;&gt;&lt;w:lang w:val=&quot;es-ES_tradnl&quot; /&gt;&lt;/w:rPr&gt;">
         <w:rPr/>
-        <w:t xml:space="preserve">Como expusimos, entre otras en la STC 136/2014, de 8 de septiembre, FJ 2 “cuatro son los presupuestos que venimos analizando para acreditar la vulneración de este derecho fundamental por falta de emplazamiento personal: 1) La titularidad por el demandante de amparo, al tiempo de la iniciación del proceso, de un derecho e interés legítimo y propio, susceptible de afectación por la causa enjuiciada, en las resoluciones judiciales recurridas. La situación de interés legítimo resulta identificable con cualquier ventaja o utilidad jurídica derivada de la reparación pretendida; 2) La posibilidad de identificación del interesado por el órgano jurisdiccional; 3) El cumplimiento por el órgano judicial de su obligación constitucional de velar para que los actos de comunicación procesal alcanzasen eficazmente su fin, lo que significa, entre otras cosas, concebir los emplazamientos edictales como modalidades de comunicación de carácter supletorio y excepcional (STC 126/1999, de 28 de junio) o no presumir sin más que las notificaciones realizadas a través de terceras personas hayan llegado a conocimiento de la parte interesada cuando la misma cuestiona con datos objetivos que así haya sido (STC 113/2001, de 7 de mayo); y 4) Por último, que el recurrente en amparo haya sufrido como consecuencia de la omisión del emplazamiento una situación de indefensión real y efectiva, lo que no se da cuando el interesado tiene conocimiento extraprocesal del asunto y, por su propia falta de diligencia, no se persona en la causa (por todas, SSTC, 102/2003, de 2 de junio, FJ 2; 102/2004, de 2 de junio, FJ 3; 207/2005, de 18 de junio, FJ 2; 246/2005, de 10 de octubre, FJ 3, y 124/2006, de 24 de abril, FJ 2)”.</w:t>
+        <w:t xml:space="preserve">Como expusimos, entre otras en la STC 136/2014, de 8 de septiembre, FJ 2 “cuatro son los presupuestos que venimos analizando para acreditar la vulneración de este derecho fundamental por falta de emplazamiento personal: 1) La titularidad por el demandante de amparo, al tiempo de la iniciación del proceso, de un derecho e interés legítimo y propio, susceptible de afectación por la causa enjuiciada, en las resoluciones judiciales recurridas. La situación de interés legítimo resulta identificable con cualquier ventaja o utilidad jurídica derivada de la reparación pretendida; 2) La posibilidad de identificación del interesado por el órgano jurisdiccional; 3) El cumplimiento por el órgano judicial de su obligación constitucional de velar para que los actos de comunicación procesal alcanzasen eficazmente su fin, lo que significa, entre otras cosas, concebir los emplazamientos edictales como modalidades de comunicación de carácter supletorio y excepcional (STC 126/1999, de 28 de junio) o no presumir sin más que las notificaciones realizadas a través de terceras personas hayan llegado a conocimiento de la parte interesada cuando la misma cuestiona con datos objetivos que así haya sido (STC 113/2001, de 7 de mayo); y 4) Por último, que el recurrente en amparo haya sufrido como consecuencia de la omisión del emplazamiento una situación de indefensión real y efectiva, lo que no se da cuando el interesado tiene conocimiento extraprocesal del asunto y, por su propia falta de diligencia, no se persona en la causa (por todas, SSTC, 102/2003, de 2 de junio, FJ 2; 102/2004, de 2 de junio, FJ 3; 207/2005, de 18 de julio, FJ 2; 246/2005, de 10 de octubre, FJ 3, y 124/2006, de 24 de abril, FJ 2)”.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00C21FFE" w:rsidR="00F31FAF" w:rsidRDefault="00356547">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="&lt;w:rPr xmlns:w=&quot;http://schemas.openxmlformats.org/wordprocessingml/2006/main&quot;&gt;&lt;w:lang w:val=&quot;es-ES_tradnl&quot; /&gt;&lt;/w:rPr&gt;">
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00C21FFE" w:rsidR="00F31FAF" w:rsidRDefault="00356547">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="&lt;w:rPr xmlns:w=&quot;http://schemas.openxmlformats.org/wordprocessingml/2006/main&quot;&gt;&lt;w:lang w:val=&quot;es-ES_tradnl&quot; /&gt;&lt;/w:rPr&gt;">
         <w:rPr/>
         <w:t xml:space="preserve">Pues bien, en el presente caso, se puede afirmar que concurren estos cuatro presupuestos necesarios para declarar vulnerado el derecho a la tutela judicial efectiva (art. 24.1 CE) de la demandante de amparo. En primer lugar, porque no cabe duda de que doña Mónica Sorina Popescu ostentaba un evidente y legítimo interés en el proceso de ejecución hipotecaria en su condición de deudora hipotecante y, por tanto, ejecutada. Resulta también incuestionable que la demandante de amparo era perfectamente identificable a partir de los datos que figuraban en los distintos organismos públicos (padrón municipal e INSALUD) y que habita en la misma vivienda desde que tuvo lugar la ruptura matrimonial. A pesar de la constancia de tan significativos datos, el juzgado no realizó ningún intento de averiguación de su domicilio, sino solo del de su ex cónyuge también ejecutado, presumiendo finalmente que las notificaciones realizadas a este último en su nuevo domicilio iban a llegar a su conocimiento.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00C21FFE" w:rsidR="00F31FAF" w:rsidRDefault="00356547">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="&lt;w:rPr xmlns:w=&quot;http://schemas.openxmlformats.org/wordprocessingml/2006/main&quot;&gt;&lt;w:lang w:val=&quot;es-ES_tradnl&quot; /&gt;&lt;/w:rPr&gt;">