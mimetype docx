--- v0 (2025-12-14)
+++ v1 (2026-03-12)
@@ -80,51 +80,51 @@
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>de 26 de septiembre de 2011</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F31FAF" w:rsidP="002E3FC7" w:rsidRDefault="00F31FAF">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00735EC7" w:rsidR="00F31FAF" w:rsidP="00B40515" w:rsidRDefault="00356547">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>La Sala Segunda del Tribunal Constitucional, compuesta por don Eugeni Gay Montalvo, Presidente, doña Elisa Pérez Vera, don Ramón Rodríguez Arribas, don Francisco Hernando Santiago, don Luis Ignacio Ortega Álvarez y don Francisco Pérez de los Cobos Orihuel, Magistrados, ha pronunciado </w:t>
+        <w:t>La Sala Segunda del Tribunal Constitucional, compuesta por don Eugeni Gay Montalvo, Presidente, doña Elisa Pérez Vera, don Ramón Rodríguez Arribas, don Francisco Hernando Santiago, don Luis Ignacio Ortega Álvarez y don Francisco Pérez de los Cobos Orihuel, Magistrados, ha pronunciado</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00B40515" w:rsidR="00F31FAF" w:rsidP="00B40515" w:rsidRDefault="00F31FAF">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00F07668" w:rsidR="00F31FAF" w:rsidP="00B40515" w:rsidRDefault="00F31FAF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="8222"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:right="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-3"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -706,51 +706,51 @@
     </w:p>
     <w:p w:rsidRPr="00C21FFE" w:rsidR="00F31FAF" w:rsidRDefault="00356547">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="&lt;w:rPr xmlns:w=&quot;http://schemas.openxmlformats.org/wordprocessingml/2006/main&quot;&gt;&lt;w:lang w:val=&quot;es-ES_tradnl&quot; /&gt;&lt;/w:rPr&gt;">
         <w:rPr/>
         <w:t xml:space="preserve">3. En cuanto al fondo del asunto, por una parte sostiene la recurrente en amparo que se ha vulnerado el principio de igualdad y no discriminación consagrado en el art. 14 CE en relación con aquellas personas que, a diferencia de ella, disponen de recursos económicos suficientes para acudir a un Letrado y un Procurador de su confianza, de manera que, a su juicio, de haber podido sufragar los honorarios de unos profesionales elegidos por ella, se habría evitado el pronunciamiento de inadmisibilidad del recurso porque “no se hubiera superado el plazo de dos meses desde la notificación de la resolución ya que en ningún caso hubiera tenido que soportar la burocracia derivada de las designaciones”.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00C21FFE" w:rsidR="00F31FAF" w:rsidRDefault="00356547">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="&lt;w:rPr xmlns:w=&quot;http://schemas.openxmlformats.org/wordprocessingml/2006/main&quot;&gt;&lt;w:lang w:val=&quot;es-ES_tradnl&quot; /&gt;&lt;/w:rPr&gt;">
         <w:rPr/>
         <w:t xml:space="preserve">La actora parte de una conjetura de carácter meramente hipotético -esto es, que, de haber dispuesto de medios económicos para sufragar un Letrado y un Procurador de su confianza, no se habría producido la inadmisión de su recurso contencioso-administrativo-, pero, más allá de esta escueta suposición, no concreta ni, por ende, desarrolla en su demanda el contenido específico de la alegada lesión al principio de igualdad.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00C21FFE" w:rsidR="00F31FAF" w:rsidRDefault="00356547">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="&lt;w:rPr xmlns:w=&quot;http://schemas.openxmlformats.org/wordprocessingml/2006/main&quot;&gt;&lt;w:lang w:val=&quot;es-ES_tradnl&quot; /&gt;&lt;/w:rPr&gt;">
         <w:rPr/>
-        <w:t xml:space="preserve">El art. 14 CE, en su vertiente de igualdad ante la ley, según reiterada doctrina de la que es muestra la STC 64/2011, de 16 de mayo, FJ 3, “prohíbe configurar los supuestos de hecho de la norma de tal modo que se dé un trato distinto a personas que, desde todos los puntos de vista legítimamente adoptables, se encuentran en la misma situación o, dicho de otro modo, este principio constitucional impide que se otorgue relevancia jurídica a circunstancias que no estén justificadas de manera fundada y razonable, de acuerdo con criterios y juicios de valor generalmente aceptados (por todas, STC 36/2011, de 28 de marzo, FJ 2)”.  Tal principio impone al legislador el deber de dispensar un mismo tratamiento a quienes se encuentran en situaciones jurídicas iguales, con prohibición de toda desigualdad que, desde el punto de vista de la finalidad de la norma cuestionada, carezca de justificación objetiva y razonable o resulte desproporcionada en relación con dicha justificación. Lo que prohíbe el principio de igualdad son, en suma, las desigualdades que resulten artificiosas o injustificadas por no venir fundadas en criterios objetivos y razonables, según juicios de valor generalmente aceptados, por lo que para que sea constitucionalmente lícita la diferencia de trato, las consecuencias jurídicas que se deriven de tal distinción deben ser proporcionadas a la finalidad perseguida, de suerte que se eviten resultados excesivamente gravosos o desmedidos [entre otras, SSTC 152/2003, de 17 de julio, FJ 5 c); 255/2004, de 22 de diciembre, FJ 4; 10/2005, de 20 de enero, FJ 5; y 107/2005, de 9 de mayo, FJ 2].</w:t>
+        <w:t xml:space="preserve">El art. 14 CE, en su vertiente de igualdad ante la ley, según reiterada doctrina de la que es muestra la STC 64/2011, de 16 de mayo, FJ 3, “prohíbe configurar los supuestos de hecho de la norma de tal modo que se dé un trato distinto a personas que, desde todos los puntos de vista legítimamente adoptables, se encuentran en la misma situación o, dicho de otro modo, este principio constitucional impide que se otorgue relevancia jurídica a circunstancias que no estén justificadas de manera fundada y razonable, de acuerdo con criterios y juicios de valor generalmente aceptados (por todas, STC 36/2011, de 28 de marzo, FJ 2)”.  Tal principio impone al legislador el deber de dispensar un mismo tratamiento a quienes se encuentran en situaciones jurídicas iguales, con prohibición de toda desigualdad que, desde el punto de vista de la finalidad de la norma cuestionada, carezca de justificación objetiva y razonable o resulte desproporcionada en relación con dicha justificación. Lo que prohíbe el principio de igualdad son, en suma, las desigualdades que resulten artificiosas o injustificadas por no venir fundadas en criterios objetivos y razonables, según juicios de valor generalmente aceptados, por lo que para que sea constitucionalmente lícita la diferencia de trato, las consecuencias jurídicas que se deriven de tal distinción deben ser proporcionadas a la finalidad perseguida, de suerte que se eviten resultados excesivamente gravosos o desmedidos [entre otras, SSTC 152/2003, de 17 de julio, FJ 5 c); 255/2004, de 23 de diciembre, FJ 4; 10/2005, de 20 de enero, FJ 5; y 107/2005, de 9 de mayo, FJ 2].</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00C21FFE" w:rsidR="00F31FAF" w:rsidRDefault="00356547">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="&lt;w:rPr xmlns:w=&quot;http://schemas.openxmlformats.org/wordprocessingml/2006/main&quot;&gt;&lt;w:lang w:val=&quot;es-ES_tradnl&quot; /&gt;&lt;/w:rPr&gt;">
         <w:rPr/>
         <w:t xml:space="preserve">Pues bien, la desigualdad argumentada por la recurrente se sostiene en un hecho empírico - su carencia de medios económicos- cuyos perniciosos e indeseados efectos el legislador pretende precisamente evitar con la Ley de asistencia jurídica gratuita en lo referente al acceso de los ciudadanos a la tutela judicial efectiva en su vertiente de derecho a la defensa, ya que su finalidad no es otra que garantizar a todos los ciudadanos, con independencia de cuál sea su situación económica, el acceso a la Justicia en condiciones de igualdad, y sin que, en modo alguno, las previsiones legales contenidas en la referida norma de aplicación puedan ser tildadas de artificiosas, injustificadas o desproporcionadas. De igual manera, tampoco es posible apreciar vulneración alguna del derecho a la igualdad de la actora respecto al plazo de interposición del recurso contencioso- administrativo previsto en el art. 46.1 de la Ley 29/1998, de 13 de julio -dos meses-, pues éste opera con absoluta independencia del hecho de que el Abogado y Procurador sean particulares, esto es sufragados por los recurrentes, o nombrados de oficio de acuerdo con las previsiones de la Ley de asistencia jurídica gratuita.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00C21FFE" w:rsidR="00F31FAF" w:rsidRDefault="00356547">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="&lt;w:rPr xmlns:w=&quot;http://schemas.openxmlformats.org/wordprocessingml/2006/main&quot;&gt;&lt;w:lang w:val=&quot;es-ES_tradnl&quot; /&gt;&lt;/w:rPr&gt;">
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00C21FFE" w:rsidR="00F31FAF" w:rsidRDefault="00356547">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="&lt;w:rPr xmlns:w=&quot;http://schemas.openxmlformats.org/wordprocessingml/2006/main&quot;&gt;&lt;w:lang w:val=&quot;es-ES_tradnl&quot; /&gt;&lt;/w:rPr&gt;">