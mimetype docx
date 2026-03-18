--- v0 (2025-12-13)
+++ v1 (2026-03-18)
@@ -80,51 +80,51 @@
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>de 27 de octubre de 1988</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F31FAF" w:rsidP="002E3FC7" w:rsidRDefault="00F31FAF">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00735EC7" w:rsidR="00F31FAF" w:rsidP="00B40515" w:rsidRDefault="00356547">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>El Pleno del Tribunal Constitucional, compuesto por don Francisco Tomás y Valiente, Presidente; doña Gloria Begué Cantón, don Angel Latorre Segura, don Francisco Rubio Llorente, don Luis Díez-Picazo y Ponce de León, don Antonio Truyol Serra, don Fernando García-Mon González-Regueral, don Carlos de la Vega Benayas, don Eugenio Díaz Eimil, don Miguel Rodríguez-Piñero Bravo Ferrer, don Jesús Leguina Villa y don Luis López Guerra, Magistrados, ha pronunciado </w:t>
+        <w:t>El Pleno del Tribunal Constitucional, compuesto por don Francisco Tomás y Valiente, Presidente; doña Gloria Begué Cantón, don Angel Latorre Segura, don Francisco Rubio Llorente, don Luis Díez-Picazo y Ponce de León, don Antonio Truyol Serra, don Fernando García-Mon González-Regueral, don Carlos de la Vega Benayas, don Eugenio Díaz Eimil, don Miguel Rodríguez-Piñero Bravo Ferrer, don Jesús Leguina Villa y don Luis López Guerra, Magistrados, ha pronunciado</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00B40515" w:rsidR="00F31FAF" w:rsidP="00B40515" w:rsidRDefault="00F31FAF">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00F07668" w:rsidR="00F31FAF" w:rsidP="00B40515" w:rsidRDefault="00F31FAF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="8222"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:right="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-3"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -350,51 +350,51 @@
     </w:p>
     <w:p w:rsidRPr="00C21FFE" w:rsidR="00F31FAF" w:rsidRDefault="00356547">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="&lt;w:rPr xmlns:w=&quot;http://schemas.openxmlformats.org/wordprocessingml/2006/main&quot;&gt;&lt;w:lang w:val=&quot;es-ES_tradnl&quot; /&gt;&lt;/w:rPr&gt;">
         <w:rPr/>
         <w:t xml:space="preserve">En cuanto a los montes, aprovechamientos y servicios forestales, vías pecuarias y pastos, sus potestades son todavía más amplias, pues de la correlación entre los artículos 9.10 del EAC y 149.1.23ª de la C.E. se deduce que aquellas potestades sólo tienen como límite o punto de partida la legislación básica que pueda dictar el Estado. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00C21FFE" w:rsidR="00F31FAF" w:rsidRDefault="00356547">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="&lt;w:rPr xmlns:w=&quot;http://schemas.openxmlformats.org/wordprocessingml/2006/main&quot;&gt;&lt;w:lang w:val=&quot;es-ES_tradnl&quot; /&gt;&lt;/w:rPr&gt;">
         <w:rPr/>
         <w:t xml:space="preserve">Resulta, por consiguiente, que a tenor de los preceptos citados es a la Generalidad de Cataluña y no al Estado a la que corresponde en su territorio el ejercicio de la acción de fomento sobre todas y cada una de las materias que acabamos de relacionar. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00C21FFE" w:rsidR="00F31FAF" w:rsidRDefault="00356547">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="&lt;w:rPr xmlns:w=&quot;http://schemas.openxmlformats.org/wordprocessingml/2006/main&quot;&gt;&lt;w:lang w:val=&quot;es-ES_tradnl&quot; /&gt;&lt;/w:rPr&gt;">
         <w:rPr/>
-        <w:t xml:space="preserve">Ahora bien, ¨cuál es el alcance de esa competencia de fomento desde la perspectiva de las exigencias de la ordenación general de la economía que, como ya hemos visto, diseñan todo un abanico de competencias para el Estado? Esta es una de las cuestiones capitales que plantea el análisis de la Comunicación que se impugna, toda vez que su lectura pone de relieve que el Poder central ha elaborado todo un conjunto de programas de ámbito nacional referentes a la producción animal y vegetal y a la sanidad animal dotándolos de los correspondientes fondos a través de sus Presupuestos Generales; fondos que habrán de terminar repartidos en forma de subvenciones a los industriales y agricultores afectados por dichos programas. </w:t>
+        <w:t xml:space="preserve">Ahora bien, ¿Cuál es el alcance de esa competencia de fomento desde la perspectiva de las exigencias de la ordenación general de la economía que, como ya hemos visto, diseñan todo un abanico de competencias para el Estado? Esta es una de las cuestiones capitales que plantea el análisis de la Comunicación que se impugna, toda vez que su lectura pone de relieve que el Poder central ha elaborado todo un conjunto de programas de ámbito nacional referentes a la producción animal y vegetal y a la sanidad animal dotándolos de los correspondientes fondos a través de sus Presupuestos Generales; fondos que habrán de terminar repartidos en forma de subvenciones a los industriales y agricultores afectados por dichos programas. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00C21FFE" w:rsidR="00F31FAF" w:rsidRDefault="00356547">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="&lt;w:rPr xmlns:w=&quot;http://schemas.openxmlformats.org/wordprocessingml/2006/main&quot;&gt;&lt;w:lang w:val=&quot;es-ES_tradnl&quot; /&gt;&lt;/w:rPr&gt;">
         <w:rPr/>
         <w:t xml:space="preserve">En principio, nada hay que oponer a que el Estado planifique o programe a escala de todo el territorio determinadas acciones relativas a la agricultura y a la ganadería, puesto que no hay dificultad alguna en encajar estas actuaciones en la esfera de sus competencias sobre la ordenación general de la economía, y tampoco parece inconstitucional que el mismo Poder central refuerce su tarea planificadora o programadora arbitrando unos recursos en los Presupuestos Generales, dada su indiscutible competencia sobre el gasto público a nivel estatal. Pero lo que sin duda ofrece mayores reparos, teniendo en cuenta las competencias de la Generalidad, es que en la fijación por programas del destino de las cantidades previstas para el auxilio económico a la agricultura y a la ganadería se haya llegado a tal grado de concreción que correlativamente hayan quedado vacías de contenido las potestades de fomento asumidas por la misma respecto a dichos sectores de la actividad económica, dejando reducido su papel al de un mero «ente gestor» de unas subvenciones acordadas por el Estado. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00C21FFE" w:rsidR="00F31FAF" w:rsidRDefault="00356547">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="&lt;w:rPr xmlns:w=&quot;http://schemas.openxmlformats.org/wordprocessingml/2006/main&quot;&gt;&lt;w:lang w:val=&quot;es-ES_tradnl&quot; /&gt;&lt;/w:rPr&gt;">
         <w:rPr/>
         <w:t xml:space="preserve">Otra cosa habría sido, por ejemplo, que en los Presupuestos Generales del Estado se hubiese hecho figurar solamente un «crédito global» para atender a los gastos de financiación de «un programa estatal sobre la producción animal y vegetal y la sanidad animal» o, incluso, aun no haciéndolo así, que se hubiese previsto la posibilidad de que las Comunidades Autónomas pudiesen «redistribuir» en su territorio las cantidades recibidas entre los diversos programas previstos de acuerdo con sus propias necesidades, ya que en este caso el ensamblaje entre las competencias del Estado sobre la ordenación general de la economía y las de la Generalidad respecto al fomento de la agricultura y la ganadería habría sido constitucionalmente correcto. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00C21FFE" w:rsidR="00F31FAF" w:rsidRDefault="00356547">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="&lt;w:rPr xmlns:w=&quot;http://schemas.openxmlformats.org/wordprocessingml/2006/main&quot;&gt;&lt;w:lang w:val=&quot;es-ES_tradnl&quot; /&gt;&lt;/w:rPr&gt;">