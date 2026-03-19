--- v0 (2025-12-15)
+++ v1 (2026-03-19)
@@ -80,51 +80,51 @@
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>de 16 de noviembre de 1992</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F31FAF" w:rsidP="002E3FC7" w:rsidRDefault="00F31FAF">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00735EC7" w:rsidR="00F31FAF" w:rsidP="00B40515" w:rsidRDefault="00356547">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>El Pleno del Tribunal Constitucional, compuesto por don Miguel Rodríguez-Piñero y Bravo-Ferrer, Presidente, y don Luis López Guerra, don Fernando García-Mon y González-Regueral, don Carlos de la Vega Benayas, don Eugenio Díaz Eimil, don Alvaro Rodríguez Bereijo, don Vicente Gimeno Sendra, don José Gabaldón López, don Rafael de Mendizabal Allende, don Julio González Campos, don Pedro Cruz Villalón, y don Carles Viver Pi-Sunyer, ha pronunciado </w:t>
+        <w:t>El Pleno del Tribunal Constitucional, compuesto por don Miguel Rodríguez-Piñero y Bravo-Ferrer, Presidente, y don Luis López Guerra, don Fernando García-Mon y González-Regueral, don Carlos de la Vega Benayas, don Eugenio Díaz Eimil, don Alvaro Rodríguez Bereijo, don Vicente Gimeno Sendra, don José Gabaldón López, don Rafael de Mendizabal Allende, don Julio González Campos, don Pedro Cruz Villalón, y don Carles Viver Pi-Sunyer, ha pronunciado</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00B40515" w:rsidR="00F31FAF" w:rsidP="00B40515" w:rsidRDefault="00F31FAF">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00F07668" w:rsidR="00F31FAF" w:rsidP="00B40515" w:rsidRDefault="00F31FAF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="8222"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:right="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-3"/>
           <w:szCs w:val="24"/>
         </w:rPr>