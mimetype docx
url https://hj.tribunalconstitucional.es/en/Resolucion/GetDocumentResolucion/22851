--- v0 (2025-12-15)
+++ v1 (2026-03-13)
@@ -1102,51 +1102,51 @@
     </w:p>
     <w:p w:rsidRPr="00C21FFE" w:rsidR="00F31FAF" w:rsidRDefault="00356547">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="&lt;w:rPr xmlns:w=&quot;http://schemas.openxmlformats.org/wordprocessingml/2006/main&quot;&gt;&lt;w:lang w:val=&quot;es-ES_tradnl&quot; /&gt;&lt;/w:rPr&gt;">
         <w:rPr/>
         <w:t xml:space="preserve">Y es de advertir que la derogación del texto refundido de la Ley de procedimiento laboral de 7 de abril de 1995 por la disposición derogatoria única de la Ley 36/2011, de 10 de octubre, reguladora de la jurisdicción social, carece de trascendencia en estos autos, dado que la disposición transitoria segunda, apartados 2 y 3 de la nueva ley remite los recursos de suplicación pendientes a la legislación anterior.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00C21FFE" w:rsidR="00F31FAF" w:rsidRDefault="00356547">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="&lt;w:rPr xmlns:w=&quot;http://schemas.openxmlformats.org/wordprocessingml/2006/main&quot;&gt;&lt;w:lang w:val=&quot;es-ES_tradnl&quot; /&gt;&lt;/w:rPr&gt;">
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00C21FFE" w:rsidR="00F31FAF" w:rsidRDefault="00356547">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="&lt;w:rPr xmlns:w=&quot;http://schemas.openxmlformats.org/wordprocessingml/2006/main&quot;&gt;&lt;w:lang w:val=&quot;es-ES_tradnl&quot; /&gt;&lt;/w:rPr&gt;">
         <w:rPr/>
-        <w:t xml:space="preserve">2. Antes de abordar el examen del problema de fondo planteado en la presente cuestión hemos de analizar si la misma cumple las condiciones procesales exigidas por los arts. 163 CE y 35 de la Ley Orgánica del Tribunal Constitucional (LOTC). A tal efecto hemos de recordar una vez más que, aun cuando el art. 37.1 LOTC abre la posibilidad de rechazar en trámite de admisión las cuestiones de inconstitucionalidad planteadas por los órganos judiciales cuando faltaren las condiciones procesales (entre otros muchos, AATC 42/1998, de 18 de febrero, FJ 1; 21/2001, de 30 de enero, FJ 1; 25/2003, de 28 de enero, FJ 3; 188/2003, de 3 de junio, FJ 1; y 206/2005, de 10 de mayo, FJ 2), no existe ningún óbice para hacer un pronunciamiento de la misma naturaleza en la fase de resolución de las mismas, esto es, mediante Sentencia, dado que la tramitación específica del art. 37.1 LOTC no tiene carácter preclusivo y cabe apreciar en Sentencia la ausencia de los requisitos, tanto procesales como de fundamentación, requeridos para el válido planteamiento de la cuestión de inconstitucionalidad (por todas, SSTC 133/2004, de 22 de julio, FJ 1; 255/2004, de 22 de diciembre, FJ 2; y 224/2006, de 6 de julio, FJ 4).</w:t>
+        <w:t xml:space="preserve">2. Antes de abordar el examen del problema de fondo planteado en la presente cuestión hemos de analizar si la misma cumple las condiciones procesales exigidas por los arts. 163 CE y 35 de la Ley Orgánica del Tribunal Constitucional (LOTC). A tal efecto hemos de recordar una vez más que, aun cuando el art. 37.1 LOTC abre la posibilidad de rechazar en trámite de admisión las cuestiones de inconstitucionalidad planteadas por los órganos judiciales cuando faltaren las condiciones procesales (entre otros muchos, AATC 42/1998, de 18 de febrero, FJ 1; 21/2001, de 30 de enero, FJ 1; 25/2003, de 28 de enero, FJ 3; 188/2003, de 3 de junio, FJ 1; y 206/2005, de 10 de mayo, FJ 2), no existe ningún óbice para hacer un pronunciamiento de la misma naturaleza en la fase de resolución de las mismas, esto es, mediante Sentencia, dado que la tramitación específica del art. 37.1 LOTC no tiene carácter preclusivo y cabe apreciar en Sentencia la ausencia de los requisitos, tanto procesales como de fundamentación, requeridos para el válido planteamiento de la cuestión de inconstitucionalidad (por todas, SSTC 133/2004, de 22 de julio, FJ 1; 255/2004, de 23 de diciembre, FJ 2; y 224/2006, de 6 de julio, FJ 4).</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00C21FFE" w:rsidR="00F31FAF" w:rsidRDefault="00356547">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="&lt;w:rPr xmlns:w=&quot;http://schemas.openxmlformats.org/wordprocessingml/2006/main&quot;&gt;&lt;w:lang w:val=&quot;es-ES_tradnl&quot; /&gt;&lt;/w:rPr&gt;">
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00C21FFE" w:rsidR="00F31FAF" w:rsidRDefault="00356547">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="&lt;w:rPr xmlns:w=&quot;http://schemas.openxmlformats.org/wordprocessingml/2006/main&quot;&gt;&lt;w:lang w:val=&quot;es-ES_tradnl&quot; /&gt;&lt;/w:rPr&gt;">
         <w:rPr/>
         <w:t xml:space="preserve">Sentado lo anterior, es preciso comenzar recordando que el art. 35.1 LOTC exige que la norma con rango de ley de la que tenga dudas un Juez o Tribunal debe ser “aplicable al caso y de cuya validez dependa el fallo”, añadiéndose en el apartado 2 del indicado precepto que el órgano judicial deberá especificar o justificar, en el auto de planteamiento de la cuestión, en qué medida la decisión del proceso depende de la validez de la norma en cuestión.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00C21FFE" w:rsidR="00F31FAF" w:rsidRDefault="00356547">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="&lt;w:rPr xmlns:w=&quot;http://schemas.openxmlformats.org/wordprocessingml/2006/main&quot;&gt;&lt;w:lang w:val=&quot;es-ES_tradnl&quot; /&gt;&lt;/w:rPr&gt;">