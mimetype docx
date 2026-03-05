--- v0 (2025-12-20)
+++ v1 (2026-03-05)
@@ -1066,51 +1066,51 @@
     </w:p>
     <w:p w:rsidRPr="00C21FFE" w:rsidR="00F31FAF" w:rsidRDefault="00356547">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="&lt;w:rPr xmlns:w=&quot;http://schemas.openxmlformats.org/wordprocessingml/2006/main&quot;&gt;&lt;w:lang w:val=&quot;es-ES_tradnl&quot; /&gt;&lt;/w:rPr&gt;">
         <w:rPr/>
         <w:t xml:space="preserve">2. Antes de abordar los aspectos materiales planteados en la presente cuestión hemos de analizar si la misma cumple las condiciones procesales exigidas por los arts. 163 CE y 35 LOTC. En particular, hemos de examinar la objeción procesal expresada por el Abogado del Estado, quien alega un defecto en la manera en que la Sala proponente ha observado el requisito de sumisión previa de la duda de constitucionalidad a las partes del proceso a quo, previsto en el art. 35.2 LOTC, al considerar que, en lo referido a la posible lesión del principio de igualdad, la escueta providencia de 4 de julio de 2003 no satisface, a su juicio, las exigencias mínimas de dicho precepto y de la doctrina de este Tribunal Constitucional, por no ofrecer un término de comparación adecuado en el que basar el enjuiciamiento de la cuestión.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00C21FFE" w:rsidR="00F31FAF" w:rsidRDefault="00356547">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="&lt;w:rPr xmlns:w=&quot;http://schemas.openxmlformats.org/wordprocessingml/2006/main&quot;&gt;&lt;w:lang w:val=&quot;es-ES_tradnl&quot; /&gt;&lt;/w:rPr&gt;">
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00C21FFE" w:rsidR="00F31FAF" w:rsidRDefault="00356547">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="&lt;w:rPr xmlns:w=&quot;http://schemas.openxmlformats.org/wordprocessingml/2006/main&quot;&gt;&lt;w:lang w:val=&quot;es-ES_tradnl&quot; /&gt;&lt;/w:rPr&gt;">
         <w:rPr/>
-        <w:t xml:space="preserve">A tal efecto hemos de recordar una vez más que, aun cuando el art. 37.1 LOTC abre la posibilidad de rechazar en trámite de admisión las cuestiones de inconstitucionalidad planteadas por los órganos judiciales cuando faltaren las condiciones procesales (entre otros muchos, AATC 42/1998, de 18 de febrero, FJ 1; 21/2001, de 30 de enero, FJ 1; 25/2003, de 28 de enero, FJ 3; 188/2003, de 3 de junio, FJ 1; y 206/2005, de 10 de mayo, FJ 2), no existe ningún óbice para hacer un pronunciamiento de la misma naturaleza en la fase de resolución de las mismas, esto es, mediante Sentencia, dado que la tramitación específica del art. 37.1 LOTC no tiene carácter preclusivo y cabe apreciar en Sentencia la ausencia de los requisitos, tanto procesales como de fundamentación, requeridos para el válido planteamiento de la cuestión de inconstitucionalidad (por todas, SSTC 133/2004, de 22 de julio, FJ 1; 255/2004, de 22 de diciembre, FJ 2; y 224/2006, de 6 de julio, FJ 4).</w:t>
+        <w:t xml:space="preserve">A tal efecto hemos de recordar una vez más que, aun cuando el art. 37.1 LOTC abre la posibilidad de rechazar en trámite de admisión las cuestiones de inconstitucionalidad planteadas por los órganos judiciales cuando faltaren las condiciones procesales (entre otros muchos, AATC 42/1998, de 18 de febrero, FJ 1; 21/2001, de 30 de enero, FJ 1; 25/2003, de 28 de enero, FJ 3; 188/2003, de 3 de junio, FJ 1; y 206/2005, de 10 de mayo, FJ 2), no existe ningún óbice para hacer un pronunciamiento de la misma naturaleza en la fase de resolución de las mismas, esto es, mediante Sentencia, dado que la tramitación específica del art. 37.1 LOTC no tiene carácter preclusivo y cabe apreciar en Sentencia la ausencia de los requisitos, tanto procesales como de fundamentación, requeridos para el válido planteamiento de la cuestión de inconstitucionalidad (por todas, SSTC 133/2004, de 22 de julio, FJ 1; 255/2004, de 23 de diciembre, FJ 2; y 224/2006, de 6 de julio, FJ 4).</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00C21FFE" w:rsidR="00F31FAF" w:rsidRDefault="00356547">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="&lt;w:rPr xmlns:w=&quot;http://schemas.openxmlformats.org/wordprocessingml/2006/main&quot;&gt;&lt;w:lang w:val=&quot;es-ES_tradnl&quot; /&gt;&lt;/w:rPr&gt;">
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00C21FFE" w:rsidR="00F31FAF" w:rsidRDefault="00356547">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="&lt;w:rPr xmlns:w=&quot;http://schemas.openxmlformats.org/wordprocessingml/2006/main&quot;&gt;&lt;w:lang w:val=&quot;es-ES_tradnl&quot; /&gt;&lt;/w:rPr&gt;">
         <w:rPr/>
         <w:t xml:space="preserve">Sentado lo anterior, es preciso comenzar recordando que el art. 35.2 LOTC exige del órgano judicial proponente que, antes de adoptar mediante Auto su decisión definitiva sobre el planteamiento de la cuestión, oiga a las partes y al Ministerio Fiscal para que “puedan alegar lo que deseen sobre la pertinencia de plantear la cuestión de inconstitucionalidad, o sobre el fondo de ésta”. Este trámite de audiencia tiene, según ha declarado este Tribunal, el doble objetivo de garantizar la audiencia de las partes y del Ministerio Fiscal ante una posible decisión judicial de tanta entidad como es el abrir un proceso de inconstitucionalidad y poner a disposición del Juez un medio que le permita conocer la opinión de los sujetos interesados con el fin de facilitar su reflexión sobre la conveniencia o no de proceder a la apertura de dicho proceso (STC 166/1986, de 19 de diciembre, FJ 4; ATC 121/1998, de 21 de mayo, FJ 3), posibilitando, al mismo tiempo, que las alegaciones de las partes, incorporadas, cuando existan, a la documentación remitida al Tribunal Constitucional, puedan ser tenidas en cuenta por éste a fin de examinar tanto la viabilidad de la cuestión misma como el alcance del problema constitucional en ella planteado (ATC 108/1993, de 30 de marzo, FJ 2). Para todo ello resulta exigible que la providencia que otorga la audiencia concrete los preceptos legales cuestionados y las normas constitucionales que el Juez estima de posible vulneración por aquéllos (SSTC 166/1986, de 19 de diciembre, FJ 4; y 139/2008, de 28 de octubre, FJ 4; y ATC 121/1998, de 21 de mayo, FJ 4).</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00C21FFE" w:rsidR="00F31FAF" w:rsidRDefault="00356547">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="&lt;w:rPr xmlns:w=&quot;http://schemas.openxmlformats.org/wordprocessingml/2006/main&quot;&gt;&lt;w:lang w:val=&quot;es-ES_tradnl&quot; /&gt;&lt;/w:rPr&gt;">