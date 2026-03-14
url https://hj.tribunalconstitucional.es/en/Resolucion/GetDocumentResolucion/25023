--- v0 (2025-12-15)
+++ v1 (2026-03-14)
@@ -1930,87 +1930,87 @@
     </w:p>
     <w:p w:rsidRPr="00C21FFE" w:rsidR="00F31FAF" w:rsidRDefault="00356547">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="&lt;w:rPr xmlns:w=&quot;http://schemas.openxmlformats.org/wordprocessingml/2006/main&quot;&gt;&lt;w:lang w:val=&quot;es-ES_tradnl&quot; /&gt;&lt;/w:rPr&gt;">
         <w:rPr/>
         <w:t xml:space="preserve">Las juntas generales, órgano de representación y participación popular, ejercen la potestad normativa a través de disposiciones generales (mediante las normas forales) que gozan de un rango superior a los decretos de la diputación foral (art. 5 de la Norma Foral de Álava del 7 de marzo de 1983; art. 6.1 de la Norma Foral de Guipúzcoa 6/2005; y art. 5 de la Norma Foral de Vizcaya 3/1987). Por su parte, la diputación foral, órgano colegiado de gobierno y administración del territorio histórico, ejerce la función ejecutiva y la potestad reglamentaria (a través de los decretos forales). De esta manera, las normas forales “que regulan el sistema tributario de cada territorio histórico son normas que no emanan del Parlamento vasco, sino de las Juntas Generales de cada uno de los territorios históricos”, tratándose de “disposiciones normativas que… carecen de rango de ley” y de “fuerza de ley” (STC 295/2006, de 11 de octubre, FJ 3), como no podía ser de otra manera, puesto que, como hemos comprobado con anterioridad, el ejercicio de la potestad legislativa corresponde, en exclusiva, al Parlamento Vasco (arts. 25.1 EAPV y 6.2 de la Ley de relaciones entre las instituciones comunes).</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00C21FFE" w:rsidR="00F31FAF" w:rsidRDefault="00356547">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="&lt;w:rPr xmlns:w=&quot;http://schemas.openxmlformats.org/wordprocessingml/2006/main&quot;&gt;&lt;w:lang w:val=&quot;es-ES_tradnl&quot; /&gt;&lt;/w:rPr&gt;">
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00C21FFE" w:rsidR="00F31FAF" w:rsidRDefault="00356547">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="&lt;w:rPr xmlns:w=&quot;http://schemas.openxmlformats.org/wordprocessingml/2006/main&quot;&gt;&lt;w:lang w:val=&quot;es-ES_tradnl&quot; /&gt;&lt;/w:rPr&gt;">
         <w:rPr/>
-        <w:t xml:space="preserve">Habida cuenta que la potestad legislativa la ejerce el Parlamento Vasco (art. 25.1 EAPV), las normas forales fiscales que emanan de las juntas generales de los territorios históricos son, por tanto, disposiciones normativas con naturaleza reglamentaria (como correcta y expresamente señala el párrafo cuarto del preámbulo de la Ley Orgánica 1/2010). Ahora bien, se trata de disposiciones que ni “tienen naturaleza de meros reglamentos de ejecución de la Ley estatal” (SSTC 255/2004, de 22 de diciembre, FJ 2; y 295/2006, de 11 de octubre, FJ 3), en la medida que gozan de una singularidad que dimana del régimen foral constitucional y estatutariamente garantizado, no solo frente a las Instituciones comunes del País Vasco sino también frente “a los poderes centrales del Estado” (STC 76/1988, de 26 de abril, FJ 6), ni tienen la de disposiciones autónomas, al no surgir desvinculadas de toda ley, dado que tienen como función constitucional la de configurar, de forma armonizada, un régimen tributario foral que sustituye y replica, en cada uno de esos territorios, la estructura del sistema tributario del Estado (STC 208/2012, de 14 de noviembre, FJ 5), tanto en su contenido ordinario [art. 41.2 a) EAPV] como en el extraordinario y coyuntural [art. 41.2 c) EAPV].</w:t>
+        <w:t xml:space="preserve">Habida cuenta que la potestad legislativa la ejerce el Parlamento Vasco (art. 25.1 EAPV), las normas forales fiscales que emanan de las juntas generales de los territorios históricos son, por tanto, disposiciones normativas con naturaleza reglamentaria (como correcta y expresamente señala el párrafo cuarto del preámbulo de la Ley Orgánica 1/2010). Ahora bien, se trata de disposiciones que ni “tienen naturaleza de meros reglamentos de ejecución de la Ley estatal” (SSTC 255/2004, de 23 de diciembre, FJ 2; y 295/2006, de 11 de octubre, FJ 3), en la medida que gozan de una singularidad que dimana del régimen foral constitucional y estatutariamente garantizado, no solo frente a las Instituciones comunes del País Vasco sino también frente “a los poderes centrales del Estado” (STC 76/1988, de 26 de abril, FJ 6), ni tienen la de disposiciones autónomas, al no surgir desvinculadas de toda ley, dado que tienen como función constitucional la de configurar, de forma armonizada, un régimen tributario foral que sustituye y replica, en cada uno de esos territorios, la estructura del sistema tributario del Estado (STC 208/2012, de 14 de noviembre, FJ 5), tanto en su contenido ordinario [art. 41.2 a) EAPV] como en el extraordinario y coyuntural [art. 41.2 c) EAPV].</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00C21FFE" w:rsidR="00F31FAF" w:rsidRDefault="00356547">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="&lt;w:rPr xmlns:w=&quot;http://schemas.openxmlformats.org/wordprocessingml/2006/main&quot;&gt;&lt;w:lang w:val=&quot;es-ES_tradnl&quot; /&gt;&lt;/w:rPr&gt;">
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00C21FFE" w:rsidR="00F31FAF" w:rsidRDefault="00356547">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="&lt;w:rPr xmlns:w=&quot;http://schemas.openxmlformats.org/wordprocessingml/2006/main&quot;&gt;&lt;w:lang w:val=&quot;es-ES_tradnl&quot; /&gt;&lt;/w:rPr&gt;">
         <w:rPr/>
         <w:t xml:space="preserve">Se trata, pues, de un tipo singular de normas reglamentarias, que operan sobre “un cierto contenido competencial que vendría siendo ejercido de forma continuada por la Institución Foral” (STC 208/2012, de 14 de noviembre, FJ 4), expresión máxima de la foralidad garantizada por la disposición adicional primera del texto constitucional, pero cuyo contenido y alcance es fruto de un poder tributario derivado, cuyo ejercicio, como sucede también con el que corresponde en materia tributaria a las Comunidades Autónomas y a las entidades locales, “no sólo queda condicionado por la Constitución, sino también por las normas que dicte el Estado en la materia” (STC 100/2012, de 8 de mayo, FJ 7), pues sólo en contraste con las leyes estatales reguladoras de los tributos se puede comprender el concreto alcance de las potestades atribuidas a los territorios históricos [SSTC 161/2012, de 20 de septiembre, FJ 3, y 33/2016, de 18 de febrero, FJ 4 A), aunque con relación a los tributos cedidos a las Comunidades Autónomas]. No hay que olvidar que ni los derechos históricos “pued[en] considerarse por sí mismos, títulos competenciales autónomos de los que quepa deducir competencias” (STC 208/2012, de 14 de noviembre, FJ 4), ni la potestad originaria del Estado en materia tributaria (art. 133.1 CE) “puede quedar enervada por disposición alguna de inferior rango” (STC 100/2012, de 8 de mayo, FJ 7).</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00C21FFE" w:rsidR="00F31FAF" w:rsidRDefault="00356547">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="&lt;w:rPr xmlns:w=&quot;http://schemas.openxmlformats.org/wordprocessingml/2006/main&quot;&gt;&lt;w:lang w:val=&quot;es-ES_tradnl&quot; /&gt;&lt;/w:rPr&gt;">
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00C21FFE" w:rsidR="00F31FAF" w:rsidRDefault="00356547">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="&lt;w:rPr xmlns:w=&quot;http://schemas.openxmlformats.org/wordprocessingml/2006/main&quot;&gt;&lt;w:lang w:val=&quot;es-ES_tradnl&quot; /&gt;&lt;/w:rPr&gt;">
         <w:rPr/>
-        <w:t xml:space="preserve">Por consiguiente, a los territorios forales no les es dado, al margen de las normas legales estatales de cobertura (leyes ordenadoras), “decidir unilateralmente sobre su contenido” sino, antes al contrario, el régimen tributario que establezcan “debe ser acordado previamente con el Estado” y “ser reflejo del estatal” (STC 208/2012, de 14 de noviembre, FJ 5), hasta el punto que, en la mayoría de los supuestos, “la identificación de la norma reglamentaria con la ley es tal que no permite la inaplicación de aquella sin, al mismo tiempo, dejar de aplicar esta” (ATC 54/2006, de 15 de febrero, FJ 2), de modo que “la infracción constitucional que pudiera imputarse a aquellas ha de entenderse incluida en la norma estatal” (STC 255/2004, de 22 de diciembre, FJ 2). No hay que descuidar que la complejidad de nuestro sistema de fuentes “conduce a la consecuencia, en el orden procesal constitucional, de que la determinación de la validez o constitucionalidad de una disposición o enunciado… puede requerir el previo examen, a estos solos efectos, de la propia constitucionalidad de la norma de ley de que trae causa la impugnada” [STC 61/1997, de 20 de marzo, FJ 2 a), con relación a los decretos legislativos]. Lo anterior, claro está, salvo que “resulte posible escindir la inaplicación del reglamento de la propia inaplicación de la ley”, porque aquel no hubiese armonizado correctamente, en los términos en que venía obligado, el alcance los preceptos legales ordenadores (ATC 54/2006, de 15 de febrero, FJ 2).</w:t>
+        <w:t xml:space="preserve">Por consiguiente, a los territorios forales no les es dado, al margen de las normas legales estatales de cobertura (leyes ordenadoras), “decidir unilateralmente sobre su contenido” sino, antes al contrario, el régimen tributario que establezcan “debe ser acordado previamente con el Estado” y “ser reflejo del estatal” (STC 208/2012, de 14 de noviembre, FJ 5), hasta el punto que, en la mayoría de los supuestos, “la identificación de la norma reglamentaria con la ley es tal que no permite la inaplicación de aquella sin, al mismo tiempo, dejar de aplicar esta” (ATC 54/2006, de 15 de febrero, FJ 2), de modo que “la infracción constitucional que pudiera imputarse a aquellas ha de entenderse incluida en la norma estatal” (STC 255/2004, de 23 de diciembre, FJ 2). No hay que descuidar que la complejidad de nuestro sistema de fuentes “conduce a la consecuencia, en el orden procesal constitucional, de que la determinación de la validez o constitucionalidad de una disposición o enunciado… puede requerir el previo examen, a estos solos efectos, de la propia constitucionalidad de la norma de ley de que trae causa la impugnada” [STC 61/1997, de 20 de marzo, FJ 2 a), con relación a los decretos legislativos]. Lo anterior, claro está, salvo que “resulte posible escindir la inaplicación del reglamento de la propia inaplicación de la ley”, porque aquel no hubiese armonizado correctamente, en los términos en que venía obligado, el alcance los preceptos legales ordenadores (ATC 54/2006, de 15 de febrero, FJ 2).</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00C21FFE" w:rsidR="00F31FAF" w:rsidRDefault="00356547">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="&lt;w:rPr xmlns:w=&quot;http://schemas.openxmlformats.org/wordprocessingml/2006/main&quot;&gt;&lt;w:lang w:val=&quot;es-ES_tradnl&quot; /&gt;&lt;/w:rPr&gt;">
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00C21FFE" w:rsidR="00F31FAF" w:rsidRDefault="00356547">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="&lt;w:rPr xmlns:w=&quot;http://schemas.openxmlformats.org/wordprocessingml/2006/main&quot;&gt;&lt;w:lang w:val=&quot;es-ES_tradnl&quot; /&gt;&lt;/w:rPr&gt;">
         <w:rPr/>
         <w:t xml:space="preserve">c) El art. 31.3 CE dispone que solo pueden establecerse prestaciones patrimoniales “con arreglo a la ley” y el art. 133 CE atribuye la potestad de establecer tributos “mediante ley”, confiriendo al Estado un poder “originario” o primario que deriva directamente del texto constitucional, y a las Comunidades Autónomas y corporaciones locales un poder “derivado” o secundario cuyo ejercicio “no solo queda condicionado por la Constitución, sino también por las normas que dicte el Estado en la materia” (STC 100/2012, de 8 de mayo, FJ 3). Por su parte, la disposición adicional primera de la Constitución “ampara y respeta los derechos históricos de los territorios forales”, a quienes corresponde, en materia de tributos concertados, la potestad de dictar disposiciones normativas con carácter reglamentario [art. 4.1 a) LBRL], las juntas generales a través de las “normas forales” y las diputaciones forales mediante “decretos forales” [art. 8.1 a) y b) de la Ley de relaciones entre las instituciones comunes], eso sí, gozando las primeras de un rango superior al de los segundos (arts. 5 de la Norma Foral de Álava del 7 de marzo de 1983; 6.1 de la Norma Foral de Guipúzcoa 6/2005; y 5 de la Norma Foral de Vizcaya 3/1987).</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00C21FFE" w:rsidR="00F31FAF" w:rsidRDefault="00356547">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="&lt;w:rPr xmlns:w=&quot;http://schemas.openxmlformats.org/wordprocessingml/2006/main&quot;&gt;&lt;w:lang w:val=&quot;es-ES_tradnl&quot; /&gt;&lt;/w:rPr&gt;">