--- v0 (2025-12-15)
+++ v1 (2026-03-04)
@@ -1300,51 +1300,51 @@
     </w:p>
     <w:p w:rsidRPr="00C21FFE" w:rsidR="00F31FAF" w:rsidRDefault="00356547">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="&lt;w:rPr xmlns:w=&quot;http://schemas.openxmlformats.org/wordprocessingml/2006/main&quot;&gt;&lt;w:lang w:val=&quot;es-ES_tradnl&quot; /&gt;&lt;/w:rPr&gt;">
         <w:rPr/>
         <w:t xml:space="preserve">En efecto, la Ley 9/2019, de 23 de diciembre, de medidas fiscales, de gestión administrativa y financiera y de organización de la Generalitat, ha venido a alterar algunos de los preceptos impugnados en el presente recurso. Así, la referida norma ha añadido un nuevo apartado 7 al artículo 109, ha modificado los apartados 2 y 3 del artículo 110, ha añadido un apartado 3 a la disposición transitoria primera y ha modificado el apartado 1 de la disposición final segunda de la Ley 3/2019, de 18 de febrero, de la Generalitat, de servicios sociales inclusivos de la Comunidad Valenciana.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00C21FFE" w:rsidR="00F31FAF" w:rsidRDefault="00356547">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="&lt;w:rPr xmlns:w=&quot;http://schemas.openxmlformats.org/wordprocessingml/2006/main&quot;&gt;&lt;w:lang w:val=&quot;es-ES_tradnl&quot; /&gt;&lt;/w:rPr&gt;">
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00C21FFE" w:rsidR="00F31FAF" w:rsidRDefault="00356547">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="&lt;w:rPr xmlns:w=&quot;http://schemas.openxmlformats.org/wordprocessingml/2006/main&quot;&gt;&lt;w:lang w:val=&quot;es-ES_tradnl&quot; /&gt;&lt;/w:rPr&gt;">
         <w:rPr/>
-        <w:t xml:space="preserve">De acuerdo con la doctrina de este tribunal, la regla general es que en los procesos de inconstitucionalidad la modificación, derogación o pérdida de vigencia de la norma que se recurre produce la extinción del proceso (por todas, SSTC 19/2012, de 15 de febrero, FJ 2; 216/2012, de 14 de noviembre, FJ 2, 9/2013, de 28 de enero, FJ 2, y 108/2015, de 28 de mayo, FJ 2), ya que la finalidad de este proceso abstracto no es otro que la depuración del ordenamiento jurídico, algo innecesario cuando el propio legislador ha expulsado la norma de dicho ordenamiento.</w:t>
+        <w:t xml:space="preserve">De acuerdo con la doctrina de este tribunal, la regla general es que en los procesos de inconstitucionalidad la modificación, derogación o pérdida de vigencia de la norma que se recurre produce la extinción del proceso (por todas, SSTC 19/2012, de 15 de febrero, FJ 2; 216/2012, de 14 de noviembre, FJ 2; 9/2013, de 28 de enero, FJ 2, y 108/2015, de 28 de mayo, FJ 2), ya que la finalidad de este proceso abstracto no es otro que la depuración del ordenamiento jurídico, algo innecesario cuando el propio legislador ha expulsado la norma de dicho ordenamiento.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00C21FFE" w:rsidR="00F31FAF" w:rsidRDefault="00356547">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="&lt;w:rPr xmlns:w=&quot;http://schemas.openxmlformats.org/wordprocessingml/2006/main&quot;&gt;&lt;w:lang w:val=&quot;es-ES_tradnl&quot; /&gt;&lt;/w:rPr&gt;">
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00C21FFE" w:rsidR="00F31FAF" w:rsidRDefault="00356547">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="&lt;w:rPr xmlns:w=&quot;http://schemas.openxmlformats.org/wordprocessingml/2006/main&quot;&gt;&lt;w:lang w:val=&quot;es-ES_tradnl&quot; /&gt;&lt;/w:rPr&gt;">
         <w:rPr/>
         <w:t xml:space="preserve">Dicha regla tiene como excepciones, entre otras, que el pleito tenga carácter competencial y que tal controversia no pueda entenderse resuelta con la modificación o derogación de la norma [por todas, SSTC 134/2011, de 20 de julio, FJ 2 b); 161/2012, de 20 de septiembre, FJ 2 b); 133/2012, de 19 de junio, FJ 2; 26/2015, de 19 de febrero, FJ 3, y 108/2015, de 28 de mayo, FJ 2]. Así, en efecto, de acuerdo con la consolidada doctrina de este tribunal en procesos constitucionales de naturaleza competencial, “la eventual apreciación de la pérdida de objeto del proceso dependerá de la incidencia real que sobre el mismo tenga la derogación, sustitución o modificación de la norma y no puede resolverse apriorísticamente en función de criterios abstractos o genéricos, pues lo relevante no es tanto la expulsión de la concreta norma impugnada del ordenamiento, cuanto determinar si con esa expulsión ha cesado o no la controversia competencial, toda vez que poner fin a la misma a la luz del orden constitucional de reparto de competencias es el fin último al que sirven tales procesos” (por todas, STC 143/2014, de 22 de septiembre, FJ 2).</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00C21FFE" w:rsidR="00F31FAF" w:rsidRDefault="00356547">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="&lt;w:rPr xmlns:w=&quot;http://schemas.openxmlformats.org/wordprocessingml/2006/main&quot;&gt;&lt;w:lang w:val=&quot;es-ES_tradnl&quot; /&gt;&lt;/w:rPr&gt;">