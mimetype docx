--- v0 (2025-12-13)
+++ v1 (2026-03-14)
@@ -80,51 +80,51 @@
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>de 2 de febrero de 1984</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F31FAF" w:rsidP="002E3FC7" w:rsidRDefault="00F31FAF">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00735EC7" w:rsidR="00F31FAF" w:rsidP="00B40515" w:rsidRDefault="00356547">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>El Pleno del Tribunal Constitucional, compuesto por don Jerónimo Arozamena Sierra, Vicepresidente, y don Francisco Rubio Llorente, doña Gloria Begué Cantón, don Luis Díez-Picazo y Ponce de León, don Francisco Tomás y Valiente, don Rafael Gómez-Ferrer Morant, don Angel Escudero del Corral, don Antonio Truyol Serra y don Francisco Pera Verdaguer, Magistrados, ha pronunciado </w:t>
+        <w:t>El Pleno del Tribunal Constitucional, compuesto por don Jerónimo Arozamena Sierra, Vicepresidente, y don Francisco Rubio Llorente, doña Gloria Begué Cantón, don Luis Díez-Picazo y Ponce de León, don Francisco Tomás y Valiente, don Rafael Gómez-Ferrer Morant, don Angel Escudero del Corral, don Antonio Truyol Serra y don Francisco Pera Verdaguer, Magistrados, ha pronunciado</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00B40515" w:rsidR="00F31FAF" w:rsidP="00B40515" w:rsidRDefault="00F31FAF">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00F07668" w:rsidR="00F31FAF" w:rsidP="00B40515" w:rsidRDefault="00F31FAF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="8222"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:right="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-3"/>
           <w:szCs w:val="24"/>
         </w:rPr>