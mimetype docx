--- v0 (2025-12-16)
+++ v1 (2026-03-04)
@@ -2128,51 +2128,51 @@
     </w:p>
     <w:p w:rsidRPr="00C21FFE" w:rsidR="00F31FAF" w:rsidRDefault="00356547">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="&lt;w:rPr xmlns:w=&quot;http://schemas.openxmlformats.org/wordprocessingml/2006/main&quot;&gt;&lt;w:lang w:val=&quot;es-ES_tradnl&quot; /&gt;&lt;/w:rPr&gt;">
         <w:rPr/>
         <w:t xml:space="preserve">«a) El presente recurso de amparo se integra dentro de una serie de recursos admitidos a trámite por este tribunal, en los que se plantea el mismo problema constitucional: órdenes administrativas de expulsión de España de nacionales extranjeros, con la consiguiente prohibición de retorno a nuestro país en un plazo determinado, por haber cometido la infracción tipificada en el art. 51.3 a) LOEx, encontrarse irregularmente en España por carecer de permiso de residencia o autorización expedida por la autoridad competente. La medida de expulsión resulta impugnada en estos recursos aduciendo la quiebra del principio de proporcionalidad de la medida sancionadora, al entender que el juego conjunto de los arts. 55.1 b) y 57.1 de la misma LOEx, y un correcto entendimiento de la Directiva 2008/115/CE del Parlamento Europeo y del Consejo, de 16 de diciembre de 2008, o Directiva de retorno, permiten a la administración competente decretar una medida de multa en vez de la expulsión, al no concurrir circunstancias personales de agravación de la propia situación de estancia irregular del afectado que justifiquen la expulsión.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00C21FFE" w:rsidR="00F31FAF" w:rsidRDefault="00356547">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="&lt;w:rPr xmlns:w=&quot;http://schemas.openxmlformats.org/wordprocessingml/2006/main&quot;&gt;&lt;w:lang w:val=&quot;es-ES_tradnl&quot; /&gt;&lt;/w:rPr&gt;">
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00C21FFE" w:rsidR="00F31FAF" w:rsidRDefault="00356547">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="&lt;w:rPr xmlns:w=&quot;http://schemas.openxmlformats.org/wordprocessingml/2006/main&quot;&gt;&lt;w:lang w:val=&quot;es-ES_tradnl&quot; /&gt;&lt;/w:rPr&gt;">
         <w:rPr/>
-        <w:t xml:space="preserve">El recurso de amparo cabecera de dicha serie, núm. 1060-2010, ha sido resuelto por la sentencia del Pleno de este tribunal 47/2023, de 10 de mayo, declarando en su fallo el reconocimiento de haberse vulnerado el derecho fundamental de la parte recurrente a la legalidad sancionadora del art. 25.1 CE. En dicha sentencia, fundamento jurídico 3, este Tribunal ha pasado revista al marco regulador interno (LOEx) habilitante de las posibles sanciones aplicables; a los principales preceptos de la Directiva 2008/115/CE, y a la doctrina que ha ido fijando paulatinamente el Tribunal de Justicia de la Unión Europea en respuesta al planteamiento de diversas cuestiones prejudiciales por parte de los tribunales españoles, acerca de la compatibilidad entre dicha directiva y su trasposición en el año 2009 a las disposiciones de la Ley Orgánica sobre derechos y libertades de los extranjeros en España	. En concreto, nos referimos a las sentencias de 23 de abril de 2015, asunto Subdelegación del Gobierno en Guipúzcoa c. Samir Zaizoune, C-38/14; de 8 de octubre de 2020, asunto MO c. Subdelegación del Gobierno en Toledo, C-568/19, y de 3 de marzo de 2022 asunto UN c. Subdelegación del Gobierno en Pontevedra, C-409/20; así como también diversos pronunciamientos de la Sala Tercera de nuestro Tribunal Supremo en estos mismos años, con el fin de adecuarse a la doctrina del Tribunal de Justicia.</w:t>
+        <w:t xml:space="preserve">El recurso de amparo cabecera de dicha serie, núm. 1060-2020, ha sido resuelto por la sentencia del Pleno de este tribunal 47/2023, de 10 de mayo, declarando en su fallo el reconocimiento de haberse vulnerado el derecho fundamental de la parte recurrente a la legalidad sancionadora del art. 25.1 CE. En dicha sentencia, fundamento jurídico 3, este Tribunal ha pasado revista al marco regulador interno (LOEx) habilitante de las posibles sanciones aplicables; a los principales preceptos de la Directiva 2008/115/CE, y a la doctrina que ha ido fijando paulatinamente el Tribunal de Justicia de la Unión Europea en respuesta al planteamiento de diversas cuestiones prejudiciales por parte de los tribunales españoles, acerca de la compatibilidad entre dicha directiva y su trasposición en el año 2009 a las disposiciones de la Ley Orgánica sobre derechos y libertades de los extranjeros en España	. En concreto, nos referimos a las sentencias de 23 de abril de 2015, asunto Subdelegación del Gobierno en Guipúzcoa c. Samir Zaizoune, C-38/14; de 8 de octubre de 2020, asunto MO c. Subdelegación del Gobierno en Toledo, C-568/19, y de 3 de marzo de 2022 asunto UN c. Subdelegación del Gobierno en Pontevedra, C-409/20; así como también diversos pronunciamientos de la Sala Tercera de nuestro Tribunal Supremo en estos mismos años, con el fin de adecuarse a la doctrina del Tribunal de Justicia.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00C21FFE" w:rsidR="00F31FAF" w:rsidRDefault="00356547">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="&lt;w:rPr xmlns:w=&quot;http://schemas.openxmlformats.org/wordprocessingml/2006/main&quot;&gt;&lt;w:lang w:val=&quot;es-ES_tradnl&quot; /&gt;&lt;/w:rPr&gt;">
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00C21FFE" w:rsidR="00F31FAF" w:rsidRDefault="00356547">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="&lt;w:rPr xmlns:w=&quot;http://schemas.openxmlformats.org/wordprocessingml/2006/main&quot;&gt;&lt;w:lang w:val=&quot;es-ES_tradnl&quot; /&gt;&lt;/w:rPr&gt;">
         <w:rPr/>
         <w:t xml:space="preserve">Más adelante, en el fundamento jurídico 4, la citada STC 47/2023 ha recordado la doctrina constitucional existente sobre el derecho a la legalidad sancionadora, como vertiente material del art. 25.1 CE, y tras ello, al hacer aplicación de toda la doctrina invocada al caso concreto, constatamos que:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00C21FFE" w:rsidR="00F31FAF" w:rsidRDefault="00356547">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="&lt;w:rPr xmlns:w=&quot;http://schemas.openxmlformats.org/wordprocessingml/2006/main&quot;&gt;&lt;w:lang w:val=&quot;es-ES_tradnl&quot; /&gt;&lt;/w:rPr&gt;">