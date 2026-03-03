--- v0 (2025-12-14)
+++ v1 (2026-03-03)
@@ -2722,51 +2722,51 @@
     </w:p>
     <w:p w:rsidRPr="00C21FFE" w:rsidR="00F31FAF" w:rsidRDefault="00356547">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="&lt;w:rPr xmlns:w=&quot;http://schemas.openxmlformats.org/wordprocessingml/2006/main&quot;&gt;&lt;w:lang w:val=&quot;es-ES_tradnl&quot; /&gt;&lt;/w:rPr&gt;">
         <w:rPr/>
         <w:t xml:space="preserve">Debemos acordar asimismo la retroacción de las actuaciones al momento inmediatamente anterior al de dictarse la sentencia de la Sección Vigesimoprimera de la Audiencia Provincial de Barcelona para que en su lugar esta última pronuncie otra resolución que resulte respetuosa con el derecho fundamental reconocido en los términos antedichos.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00C21FFE" w:rsidR="00F31FAF" w:rsidRDefault="00356547">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="&lt;w:rPr xmlns:w=&quot;http://schemas.openxmlformats.org/wordprocessingml/2006/main&quot;&gt;&lt;w:lang w:val=&quot;es-ES_tradnl&quot; /&gt;&lt;/w:rPr&gt;">
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00C21FFE" w:rsidR="00F31FAF" w:rsidRDefault="00356547">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="&lt;w:rPr xmlns:w=&quot;http://schemas.openxmlformats.org/wordprocessingml/2006/main&quot;&gt;&lt;w:lang w:val=&quot;es-ES_tradnl&quot; /&gt;&lt;/w:rPr&gt;">
         <w:rPr/>
-        <w:t xml:space="preserve">El reconocimiento de la vulneración declarada y la retroacción acordada hace innecesario abordar la concreta pretensión de la recurrente de permitir la alegación, en el trámite de cuestiones previas de la vista oral, acerca de la nulidad de la entrada y registro practicada por resultar —a su juici— vulneradora de la jurisprudencia de la Sala de lo Contencioso-Administrativo del Tribunal Supremo.</w:t>
+        <w:t xml:space="preserve">El reconocimiento de la vulneración declarada y la retroacción acordada hace innecesario abordar la concreta pretensión de la recurrente de permitir la alegación, en el trámite de cuestiones previas de la vista oral, acerca de la nulidad de la entrada y registro practicada por resultar —a su juicio— vulneradora de la jurisprudencia de la Sala de lo Contencioso-Administrativo del Tribunal Supremo.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="003F63CB" w:rsidR="00F31FAF" w:rsidP="006A78CB" w:rsidRDefault="00F31FAF">
       <w:pPr>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="001E6F5E" w:rsidR="00F31FAF" w:rsidP="001E6F5E" w:rsidRDefault="00F31FAF">
       <w:pPr>
         <w:pStyle w:val="Ttulo3"/>
         <w:keepNext w:val="0"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="0"/>
           <w:tab w:val="clear" w:pos="708"/>
           <w:tab w:val="clear" w:pos="1416"/>
           <w:tab w:val="clear" w:pos="2124"/>
           <w:tab w:val="clear" w:pos="2832"/>
           <w:tab w:val="clear" w:pos="3540"/>
           <w:tab w:val="clear" w:pos="4248"/>
           <w:tab w:val="clear" w:pos="4956"/>
           <w:tab w:val="clear" w:pos="5664"/>
           <w:tab w:val="clear" w:pos="6372"/>
           <w:tab w:val="clear" w:pos="7080"/>