--- v0 (2025-12-15)
+++ v1 (2026-02-25)
@@ -176,51 +176,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>S E N T E N C I A</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="001F49CD" w:rsidR="00F31FAF" w:rsidP="001F49CD" w:rsidRDefault="00F31FAF">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00531C1B" w:rsidR="00F31FAF" w:rsidP="00531C1B" w:rsidRDefault="00356547">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>En el recurso de inconstitucionalidad núm. 6436-2024 interpuesto por más de cincuenta diputados y más de cincuenta senadores de los grupos parlamentarios Popular en el Congreso de los Diputados y en el Senado, respectivamente, contra la Ley Orgánica 1/2024, de 10 de junio, de amnistía para la normalización institucional, política y social en Cataluña, publicada en el “Boletín Oficial del Estado” núm. 141, de 11 de junio de 2024. Han comparecido y formulado alegaciones el Congreso de los Diputados, el Senado y el abogado del Estado, en la representación que legalmente ostenta. Ha sido ponente la magistrada doña Inmaculada Montalbán Huertas..</w:t>
+        <w:t>En el recurso de inconstitucionalidad núm. 6436-2024 interpuesto por más de cincuenta diputados y más de cincuenta senadores de los grupos parlamentarios Popular en el Congreso de los Diputados y en el Senado, respectivamente, contra la Ley Orgánica 1/2024, de 10 de junio, de amnistía para la normalización institucional, política y social en Cataluña, publicada en el “Boletín Oficial del Estado” núm. 141, de 11 de junio de 2024. Han comparecido y formulado alegaciones el Congreso de los Diputados, el Senado y el abogado del Estado, en la representación que legalmente ostenta. Ha sido ponente la magistrada doña Inmaculada Montalbán Huertas.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F31FAF" w:rsidP="00F07668" w:rsidRDefault="00F31FAF">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00F07668" w:rsidR="00F31FAF" w:rsidP="00F07668" w:rsidRDefault="00F31FAF">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00F31FAF" w:rsidP="001F49CD" w:rsidRDefault="00F31FAF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="center" w:pos="4536"/>
         </w:tabs>