--- v0 (2025-12-23)
+++ v1 (2026-03-12)
@@ -80,51 +80,51 @@
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>de 22 de julio de 1996</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F31FAF" w:rsidP="002E3FC7" w:rsidRDefault="00F31FAF">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00735EC7" w:rsidR="00F31FAF" w:rsidP="00B40515" w:rsidRDefault="00356547">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>El Pleno del Tribunal Constitucional, compuesto por don Álvaro Rodríguez Bereijo, Presidente, don José Gabaldón López, Vicepresidente, don Fernando García-Mon y González Regueral, don Vicente Gimeno Sendra, don Rafael de Mendizábal Allende, don Julio Diego González Campos, don Pedro Cruz Villalón, don Carles Viver Pi-Sunyer, don Enrique Ruiz Vadillo, don Manuel Jiménez de Parga y Cabrera, don Javier Delgado Barrio y don Tomás S. Vives Antón, Magistrados, ha pronunciado </w:t>
+        <w:t>El Pleno del Tribunal Constitucional, compuesto por don Álvaro Rodríguez Bereijo, Presidente, don José Gabaldón López, Vicepresidente, don Fernando García-Mon y González Regueral, don Vicente Gimeno Sendra, don Rafael de Mendizábal Allende, don Julio Diego González Campos, don Pedro Cruz Villalón, don Carles Viver Pi-Sunyer, don Enrique Ruiz Vadillo, don Manuel Jiménez de Parga y Cabrera, don Javier Delgado Barrio y don Tomás S. Vives Antón, Magistrados, ha pronunciado</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00B40515" w:rsidR="00F31FAF" w:rsidP="00B40515" w:rsidRDefault="00F31FAF">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00F07668" w:rsidR="00F31FAF" w:rsidP="00B40515" w:rsidRDefault="00F31FAF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="8222"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:right="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-3"/>
           <w:szCs w:val="24"/>
         </w:rPr>