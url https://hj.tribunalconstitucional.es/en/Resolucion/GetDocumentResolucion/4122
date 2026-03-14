--- v0 (2025-12-15)
+++ v1 (2026-03-14)
@@ -1408,69 +1408,69 @@
     </w:p>
     <w:p w:rsidRPr="00C21FFE" w:rsidR="00F31FAF" w:rsidRDefault="00356547">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="&lt;w:rPr xmlns:w=&quot;http://schemas.openxmlformats.org/wordprocessingml/2006/main&quot;&gt;&lt;w:lang w:val=&quot;es-ES_tradnl&quot; /&gt;&lt;/w:rPr&gt;">
         <w:rPr/>
         <w:t xml:space="preserve">Así pues, a fin de seguir un orden lógico en el examen de la queja de la demandante de amparo en atención al distinto canon de enjuiciamiento de uno y otro de los derechos fundamentales invocados, hemos de indagar, en primer lugar, si la interpretación que se efectúa en la Sentencia impugnada de los criterios de valoración de la primera de las pruebas del concurso resulta o no lesiva del derecho a acceder en condiciones de igualdad a las funciones públicas con los requisitos que señalen las Leyes (art.  23.2 CE), en relación con los principios de mérito y capacidad (art. 103.3 CE), para a continuación, de estimarse aquella interpretación conforme con el citado derecho fundamental, contrastar, en su caso, la razonabilidad de la misma.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00C21FFE" w:rsidR="00F31FAF" w:rsidRDefault="00356547">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="&lt;w:rPr xmlns:w=&quot;http://schemas.openxmlformats.org/wordprocessingml/2006/main&quot;&gt;&lt;w:lang w:val=&quot;es-ES_tradnl&quot; /&gt;&lt;/w:rPr&gt;">
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00C21FFE" w:rsidR="00F31FAF" w:rsidRDefault="00356547">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="&lt;w:rPr xmlns:w=&quot;http://schemas.openxmlformats.org/wordprocessingml/2006/main&quot;&gt;&lt;w:lang w:val=&quot;es-ES_tradnl&quot; /&gt;&lt;/w:rPr&gt;">
         <w:rPr/>
-        <w:t xml:space="preserve">6. El art. 23.2 CE, al reconocer a los ciudadanos el derecho de acceder en condiciones de igualdad a las funciones públicas con los requisitos que señalen las Leyes, concreta el principio de igualdad en el ámbito de la función pública. No confiere derecho alguno a desempeñar funciones determinadas, ni siquiera el derecho a proponerse como candidato a las mismas, sino que garantiza a los ciudadanos una situación jurídica de igualdad en el acceso a las funciones públicas, con la consiguiente imposibilidad de establecer requisitos para acceder a las mismas que tengan carácter discriminatorio y otorga un derecho de carácter puramente reaccional para impugnar ante la justicia ordinaria, y, en último extremo, ante este Tribunal Constitucional toda norma o aplicación concreta de una norma que quiebre la igualdad (SSTC 50/1986, de 23 de abril, FJ 4; 148/1986, de 25 de noviembre, FJ 9; 193/1987, de 9 de diciembre, FJ 5; 200/1991, de 13 de mayo, FJ 2; 293/1993, de 18 de octubre, FJ 4; 353/1993, de 29 de noviembre, FJ 6, por todas).</w:t>
+        <w:t xml:space="preserve">6. El art. 23.2 CE, al reconocer a los ciudadanos el derecho de acceder en condiciones de igualdad a las funciones públicas con los requisitos que señalen las Leyes, concreta el principio de igualdad en el ámbito de la función pública. No confiere derecho alguno a desempeñar funciones determinadas, ni siquiera el derecho a proponerse como candidato a las mismas, sino que garantiza a los ciudadanos una situación jurídica de igualdad en el acceso a las funciones públicas, con la consiguiente imposibilidad de establecer requisitos para acceder a las mismas que tengan carácter discriminatorio y otorga un derecho de carácter puramente reaccional para impugnar ante la justicia ordinaria, y, en último extremo, ante este Tribunal Constitucional toda norma o aplicación concreta de una norma que quiebre la igualdad (SSTC 50/1986, de 23 de abril, FJ 4; 148/1986, de 25 de noviembre, FJ 9; 193/1987, de 9 de diciembre, FJ 5; 200/1991, de 28 de octubre, FJ 2; 293/1993, de 18 de octubre, FJ 4; 353/1993, de 29 de noviembre, FJ 6, por todas).</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00C21FFE" w:rsidR="00F31FAF" w:rsidRDefault="00356547">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="&lt;w:rPr xmlns:w=&quot;http://schemas.openxmlformats.org/wordprocessingml/2006/main&quot;&gt;&lt;w:lang w:val=&quot;es-ES_tradnl&quot; /&gt;&lt;/w:rPr&gt;">
         <w:rPr/>
         <w:t xml:space="preserve">En el contenido del citado derecho fundamental cabe discernir, de acuerdo con una reiterada doctrina constitucional que se sintetiza más recientemente en la STC 73/1998, de 31 de marzo, las siguientes proyecciones:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00C21FFE" w:rsidR="00F31FAF" w:rsidRDefault="00356547">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="&lt;w:rPr xmlns:w=&quot;http://schemas.openxmlformats.org/wordprocessingml/2006/main&quot;&gt;&lt;w:lang w:val=&quot;es-ES_tradnl&quot; /&gt;&lt;/w:rPr&gt;">
         <w:rPr/>
-        <w:t xml:space="preserve">a) En primer lugar, un derecho a la predeterminación normativa del procedimiento de acceso a las funciones públicas. En este sentido, hemos afirmado que con carácter general la Constitución reserva a la Ley y, en todo caso, al principio de legalidad, entendido como existencia de norma jurídica previa, la regulación de las condiciones de ejercicio del derecho, lo que entraña una garantía de orden material que se traduce en la imperativa exigencia de predeterminar cuáles hayan de ser las condiciones para acceder a la función pública de conformidad con los principios constitucionales de igualdad, mérito y capacidad, que sólo pueden preservarse y, aun antes, establecerse mediante la intervención positiva del legislador, resultando esta exigencia más patente y de mayor rigor e intensidad en el caso de acceso a la función pública que cuando, dentro ya de la misma, se trata del desarrollo y promoción de la carrera administrativa. Una verdadera predeterminación ha de asegurar que el órgano administrativo encargado de valorar a los candidatos no pueda actuar con un indiscriminado arbitrio, sino con el prudente y razonable que requiere el art. 23.2 CE, lo cual, por otra parte, es lo que hace posible, en su caso, el ulterior control jurisdiccional, puesto que el Juez --que lo es de la legalidad-- tendrá así un criterio con el que contrastar si la actuación administrativa se ha ajustado o no a las condiciones de igualdad, mérito y capacidad previamente establecidas, sin que ello pueda implicar tampoco, como es obvio, la sustitución de la discrecionalidad técnica de la Administración --la calificación técnica del órgano calificador-- por la judicial. Desde esta perspectiva, por otra parte, se entiende que la preexistencia y predeterminación de las condiciones de acceso, aunque no pueda ser cuestionada automáticamente en este proceso, forme parte del derecho fundamental en cuanto constituye su soporte y puede ser aquí invocada cuando vaya inescindiblemente unida a la posible vulneración de las condiciones materiales de igualdad, mérito y capacidad [SSTC 48/1998, de 2 de marzo, FJ 7 a); 73/1998, de 31 de marzo, FJ 3 a)].</w:t>
+        <w:t xml:space="preserve">a) En primer lugar, un derecho a la predeterminación normativa del procedimiento de acceso a las funciones públicas. En este sentido, hemos afirmado que con carácter general la Constitución reserva a la Ley y, en todo caso, al principio de legalidad, entendido como existencia de norma jurídica previa, la regulación de las condiciones de ejercicio del derecho, lo que entraña una garantía de orden material que se traduce en la imperativa exigencia de predeterminar cuáles hayan de ser las condiciones para acceder a la función pública de conformidad con los principios constitucionales de igualdad, mérito y capacidad, que sólo pueden preservarse y, aun antes, establecerse mediante la intervención positiva del legislador, resultando esta exigencia más patente y de mayor rigor e intensidad en el caso de acceso a la función pública que cuando, dentro ya de la misma, se trata del desarrollo y promoción de la carrera administrativa. Una verdadera predeterminación ha de asegurar que el órgano administrativo encargado de valorar a los candidatos no pueda actuar con un indiscriminado arbitrio, sino con el prudente y razonable que requiere el art. 23.2 CE, lo cual, por otra parte, es lo que hace posible, en su caso, el ulterior control jurisdiccional, puesto que el Juez --que lo es de la legalidad-- tendrá así un criterio con el que contrastar si la actuación administrativa se ha ajustado o no a las condiciones de igualdad, mérito y capacidad previamente establecidas, sin que ello pueda implicar tampoco, como es obvio, la sustitución de la discrecionalidad técnica de la Administración --la calificación técnica del órgano calificador-- por la judicial. Desde esta perspectiva, por otra parte, se entiende que la preexistencia y predeterminación de las condiciones de acceso, aunque no pueda ser cuestionada automáticamente en este proceso, formen parte del derecho fundamental en cuanto constituyen su soporte y pueden ser aquí invocadas cuando vayan inescindiblemente unidas a la posible vulneración de las condiciones materiales de igualdad, mérito y capacidad [SSTC 48/1998, de 2 de marzo, FJ 7 a); 73/1998, de 31 de marzo, FJ 3 a)].</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00C21FFE" w:rsidR="00F31FAF" w:rsidRDefault="00356547">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="&lt;w:rPr xmlns:w=&quot;http://schemas.openxmlformats.org/wordprocessingml/2006/main&quot;&gt;&lt;w:lang w:val=&quot;es-ES_tradnl&quot; /&gt;&lt;/w:rPr&gt;">
         <w:rPr/>
         <w:t xml:space="preserve">La reserva de Ley en la regulación de las condiciones para acceder a la función pública de conformidad con los indicados principios constitucionales de igualdad, mérito y capacidad no puede considerarse como absoluta, de modo tal que la Ley formal no pueda recabar la colaboración reglamentaria y el recurso a los instrumentos que sean necesarios para su desarrollo y aplicación. En lo que atañe al acceso a cargos y funciones en las Administraciones públicas, la remisión a las Leyes que efectúa el art.  23.2 CE debe ponerse en relación con lo que al respecto se establece en el art. 103.3 CE, no pudiendo afirmarse, sin más, que el límite de la reserva de Ley previsto en el mencionado art. 103.3 CE impida, en términos absolutos, todo tipo de remisión legislativa al reglamento. Por el contrario, las disposiciones reglamentarias, cuando así lo requiera la Ley, pueden colaborar con ésta para complementar o particularizar, en aspectos instrumentales y con la debida sujeción, la ordenación legal de la materia reservada, si bien la potestad reglamentaria no podrá desplegarse aquí ignorando o sustituyendo a la disciplina legislativa, no siéndole tampoco posible al legislador disponer de la reserva misma a través de remisiones incondicionadas o carentes de límites ciertos y estrictos, pues ello entrañaría un desapoderamiento del Parlamento a favor de la potestad reglamentaria que sería contrario a la norma constitucional creadora de la reserva [SSTC 99/1987, de 11 de junio, FJ 3; 47/1990, de 20 de marzo, FJ 7; 48/1998, de 2 de marzo, FJ 7 a); 73/1998, de 31 de marzo, FJ 3 a)].</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00C21FFE" w:rsidR="00F31FAF" w:rsidRDefault="00356547">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="&lt;w:rPr xmlns:w=&quot;http://schemas.openxmlformats.org/wordprocessingml/2006/main&quot;&gt;&lt;w:lang w:val=&quot;es-ES_tradnl&quot; /&gt;&lt;/w:rPr&gt;">
         <w:rPr/>
         <w:t xml:space="preserve">En otro orden de cosas, esta predeterminación normativa de las condiciones para acceder a la función pública de conformidad con los indicados principios constitucionales de igualdad, mérito y capacidad tiene también transcendencia, por lo que aquí interesa, desde la perspectiva estricta del principio de igualdad que incorpora y especifica el art. 23.2 CE como contenido del derecho fundamental que reconoce y garantiza, en cuanto el mismo puede resultar vulnerado cuando por vía reglamentaria o a través de actos de aplicación de la Ley o de las normas reguladoras de los procedimientos de acceso se introduzcan nuevos requisitos o condiciones que limiten el acceso a la función pública a determinados ciudadanos o grupos sin contar para ello con la necesaria habilitación legislativa, excluyendo del goce de un derecho a aquéllos a los que la Ley no excluyó. De modo que resulta totalmente proscrita la posibilidad de que por vía reglamentaria o mediante actos de aplicación de la Ley o de las normas reguladoras de acceso a un determinado puesto de la función pública se incorporen o añadan nuevos requisitos carentes de toda cobertura legal, estableciendo criterios innovativos de diferenciación donde el legislador no había diferenciado, desconociendo de esta forma el criterio igualatorio sancionado por éste (SSTC 47/1990, de 20 de marzo, FJ 7; 185/1994, de 20 de junio, FJ 5; ATC 1035/1986, de 3 de diciembre). En otras palabras, la puesta en conexión del art. 23.2 CE ("con los requisitos que señalen las leyes") con el art. 103.3 CE ("La ley regulará ... el acceso a la función pública") obliga a concluir que tales requisitos han de ser establecidos mediante disposiciones con rango de Ley, sin perjuicio de la colaboración de la potestad reglamentaria con los límites y condiciones que ya se han expresado, por lo que hay que estimar como constitucionalmente proscrita la posibilidad de que "por vía reglamentaria o a través de actos de aplicación de la Ley, puedan incorporarse nuevos y diferentes requisitos a los legalmente previstos en los procedimientos de acceso a la función pública" [STC 27/1991, de 14 de febrero, FJ 5 b)].</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00C21FFE" w:rsidR="00F31FAF" w:rsidRDefault="00356547">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="&lt;w:rPr xmlns:w=&quot;http://schemas.openxmlformats.org/wordprocessingml/2006/main&quot;&gt;&lt;w:lang w:val=&quot;es-ES_tradnl&quot; /&gt;&lt;/w:rPr&gt;">