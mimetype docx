--- v0 (2025-12-17)
+++ v1 (2026-02-22)
@@ -80,51 +80,51 @@
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>de 2 de junio de 2003</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F31FAF" w:rsidP="002E3FC7" w:rsidRDefault="00F31FAF">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00735EC7" w:rsidR="00F31FAF" w:rsidP="00B40515" w:rsidRDefault="00356547">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>La Sala Primera del Tribunal Constitucional, compuesta por don Manuel Jiménez de Parga y Cabrera, Presidente, don Pablo García Manzano, doña María Emilia Casas Baamonde, don Javier Delgado Barrio, don Roberto García-Calvo y Montiel y don Jorge Rodríguez-Zapata Pérez, Magistrados, ha pronunciado </w:t>
+        <w:t>La Sala Primera del Tribunal Constitucional, compuesta por don Manuel Jiménez de Parga y Cabrera, Presidente, don Pablo García Manzano, doña María Emilia Casas Baamonde, don Javier Delgado Barrio, don Roberto García-Calvo y Montiel y don Jorge Rodríguez-Zapata Pérez, Magistrados, ha pronunciado</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00B40515" w:rsidR="00F31FAF" w:rsidP="00B40515" w:rsidRDefault="00F31FAF">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00F07668" w:rsidR="00F31FAF" w:rsidP="00B40515" w:rsidRDefault="00F31FAF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="8222"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:right="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-3"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -643,51 +643,51 @@
     </w:p>
     <w:p w:rsidRPr="00C21FFE" w:rsidR="00F31FAF" w:rsidRDefault="00356547">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="&lt;w:rPr xmlns:w=&quot;http://schemas.openxmlformats.org/wordprocessingml/2006/main&quot;&gt;&lt;w:lang w:val=&quot;es-ES_tradnl&quot; /&gt;&lt;/w:rPr&gt;">
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00C21FFE" w:rsidR="00F31FAF" w:rsidRDefault="00356547">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="&lt;w:rPr xmlns:w=&quot;http://schemas.openxmlformats.org/wordprocessingml/2006/main&quot;&gt;&lt;w:lang w:val=&quot;es-ES_tradnl&quot; /&gt;&lt;/w:rPr&gt;">
         <w:rPr/>
         <w:t xml:space="preserve">4. Debemos, pues, abordar el examen de las quejas de la recurrente desde la perspectiva del derecho a acceder a las funciones públicas en condiciones de igualdad, que garantiza el art. 23.2 CE. Aunque la demandante cita también en apoyo de su pretensión el art. 14 CE, es lo cierto que, no alegándose ninguno de los motivos de discriminación específicamente previstos en el art. 14 CE, es doctrina constitucional reiterada que, al concretar el art. 23.2 CE el derecho a la igualdad en relación con el acceso a la función pública, la genérica alegación del art. 14 debe entenderse comprendida en la más específica invocación del art. 23.2 CE (SSTC 363/1993, de 13 de diciembre, FJ 4; 60/1994, de 28 de febrero, FJ 4; 16/1998, de 26 de enero, FJ 5; y 83/2000, de 27 de marzo, FJ 1, entre otras muchas).</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00C21FFE" w:rsidR="00F31FAF" w:rsidRDefault="00356547">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="&lt;w:rPr xmlns:w=&quot;http://schemas.openxmlformats.org/wordprocessingml/2006/main&quot;&gt;&lt;w:lang w:val=&quot;es-ES_tradnl&quot; /&gt;&lt;/w:rPr&gt;">
         <w:rPr/>
-        <w:t xml:space="preserve">Efectuada dicha precisión, debemos recordar asimismo que, conforme a doctrina reiterada de este Tribunal, el art. 23.2 CE no confiere derecho alguno a desempeñar funciones determinadas, ni siquiera el derecho a proponerse como candidato a las mismas, sino que garantiza a los ciudadanos una situación jurídica de igualdad en el acceso a las funciones públicas, con la consiguiente imposibilidad de establecer requisitos para acceder a las mismas que tengan carácter discriminatorio, y otorga un derecho de carácter puramente reaccional para impugnar ante la justicia ordinaria, y, en último extremo, ante este Tribunal Constitucional toda norma o aplicación concreta de una norma que quiebre la igualdad (SSTC 50/1986, de 23 de abril, FJ 4; 148/1986, de 25 de noviembre, FJ 9; 193/1987, de 9 de diciembre, FJ 5; 200/1991, de 13 de mayo, FJ 2; 293/1993, de 18 de octubre, FJ 4; 353/1993, de 29 de noviembre, FJ 6; 73/1998, de 31 de marzo, FJ 3; 99/1999, de 31 de mayo, FJ 4; 138/2000, de 29 de mayo, FJ 6; y 166/2001, de 16 de julio, FJ 2, por todas).</w:t>
+        <w:t xml:space="preserve">Efectuada dicha precisión, debemos recordar asimismo que, conforme a doctrina reiterada de este Tribunal, el art. 23.2 CE no confiere derecho alguno a desempeñar funciones determinadas, ni siquiera el derecho a proponerse como candidato a las mismas, sino que garantiza a los ciudadanos una situación jurídica de igualdad en el acceso a las funciones públicas, con la consiguiente imposibilidad de establecer requisitos para acceder a las mismas que tengan carácter discriminatorio, y otorga un derecho de carácter puramente reaccional para impugnar ante la justicia ordinaria, y, en último extremo, ante este Tribunal Constitucional toda norma o aplicación concreta de una norma que quiebre la igualdad (SSTC 50/1986, de 23 de abril, FJ 4; 148/1986, de 25 de noviembre, FJ 9; 193/1987, de 9 de diciembre, FJ 5; 200/1991, de 28 de octubre, FJ 2; 293/1993, de 18 de octubre, FJ 4; 353/1993, de 29 de noviembre, FJ 6; 73/1998, de 31 de marzo, FJ 3; 99/1999, de 31 de mayo, FJ 4; 138/2000, de 29 de mayo, FJ 6; y 166/2001, de 16 de julio, FJ 2, por todas).</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00C21FFE" w:rsidR="00F31FAF" w:rsidRDefault="00356547">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="&lt;w:rPr xmlns:w=&quot;http://schemas.openxmlformats.org/wordprocessingml/2006/main&quot;&gt;&lt;w:lang w:val=&quot;es-ES_tradnl&quot; /&gt;&lt;/w:rPr&gt;">
         <w:rPr/>
         <w:t xml:space="preserve">En relación con lo anterior, debe igualmente advertirse que el derecho fundamental a acceder en condiciones de igualdad a las funciones públicas con los requisitos señalados en las leyes tiene un contenido material que se traduce en determinados condicionamientos del proceso selectivo; de manera especialmente relevante, que las condiciones y requisitos exigidos sean referibles a los principios de mérito y capacidad. De este modo, se produce una intersección, en este momento, del contenido del art. 23.2 CE con el del art. 103.3 CE, que impone la obligación de no exigir para el acceso a la función pública requisito o condición alguna que no sea referible a los indicados conceptos de mérito y capacidad, de manera que pudieran considerarse también vulneradores del principio de igualdad todos aquellos que, sin esa referencia, establezcan una diferencia entre los aspirantes. A partir de aquí se ha proclamado reiteradamente el derecho fundamental a concurrir de acuerdo con unas bases adecuadas a los principios de mérito y capacidad, que deben inspirar el sistema de acceso y al margen de los cuales no es legítimo exigir requisito o condición alguna para dicho acceso (por todas, SSTC 73/1998, de 31 de marzo, FJ 3.b; 99/1999, de 31 de mayo, FJ 4; y 138/2000, de 29 de mayo, FJ 6.b).</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00C21FFE" w:rsidR="00F31FAF" w:rsidRDefault="00356547">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="&lt;w:rPr xmlns:w=&quot;http://schemas.openxmlformats.org/wordprocessingml/2006/main&quot;&gt;&lt;w:lang w:val=&quot;es-ES_tradnl&quot; /&gt;&lt;/w:rPr&gt;">
         <w:rPr/>
         <w:t xml:space="preserve">Esta conexión entre acceso en condiciones de igualdad, por un lado, y el acceso de acuerdo con los principios de mérito y capacidad, por otro, nos ha llevado también a controlar, para evitar una "diferencia de trato irracional o arbitraria entre los concursantes" (STC 60/1994, de 28 de febrero, FJ 4), la valoración dada a algún mérito en concreto, cual es, particularmente y a los efectos que interesan en el presente caso, el relativo a la toma en consideración de la previa prestación de servicios a la Administración. Esta última circunstancia, en efecto, si bien se ha reconocido que puede ser tomada en consideración para evaluar la "aptitud o capacidad" (SSTC 67/1989, de 18 de abril, FJ 3, y 185/1994, de 20 de junio, FJ 6.b) del aspirante, ni puede llegar a convertirse en un requisito que excluya la posibilidad de concurrencia de terceros, ni tener una dimensión cuantitativa que rebase el "límite de lo tolerable" (SSTC 67/1989, de 18 de abril, FJ 4, 185/1994, de 20 de junio, FJ 6.c, y 73/1998, de 31 de marzo, FJ 3.b).</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00C21FFE" w:rsidR="00F31FAF" w:rsidRDefault="00356547">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="&lt;w:rPr xmlns:w=&quot;http://schemas.openxmlformats.org/wordprocessingml/2006/main&quot;&gt;&lt;w:lang w:val=&quot;es-ES_tradnl&quot; /&gt;&lt;/w:rPr&gt;">