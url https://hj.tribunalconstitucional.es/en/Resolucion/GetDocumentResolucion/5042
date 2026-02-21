--- v0 (2025-12-13)
+++ v1 (2026-02-21)
@@ -80,51 +80,51 @@
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>de 11 de marzo de 2004.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F31FAF" w:rsidP="002E3FC7" w:rsidRDefault="00F31FAF">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00735EC7" w:rsidR="00F31FAF" w:rsidP="00B40515" w:rsidRDefault="00356547">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>El Pleno del Tribunal Constitucional, compuesto por don Manuel Jiménez de Parga y Cabrera, Presidente, don Pablo García Manzano, don Pablo Cachón Villar, don Vicente Conde Martín de Hijas, don Guillermo Jiménez Sánchez, doña María Emilia Casas Baamonde, don Javier Delgado Barrio, doña Elisa Pérez Vera, don Roberto García-Calvo y Montiel, don Eugeni Gay Montalvo y don Jorge Rodríguez-Zapata Pérez, Magistrados, ha pronunciado </w:t>
+        <w:t>El Pleno del Tribunal Constitucional, compuesto por don Manuel Jiménez de Parga y Cabrera, Presidente, don Pablo García Manzano, don Pablo Cachón Villar, don Vicente Conde Martín de Hijas, don Guillermo Jiménez Sánchez, doña María Emilia Casas Baamonde, don Javier Delgado Barrio, doña Elisa Pérez Vera, don Roberto García-Calvo y Montiel, don Eugeni Gay Montalvo y don Jorge Rodríguez-Zapata Pérez, Magistrados, ha pronunciado</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00B40515" w:rsidR="00F31FAF" w:rsidP="00B40515" w:rsidRDefault="00F31FAF">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00F07668" w:rsidR="00F31FAF" w:rsidP="00B40515" w:rsidRDefault="00F31FAF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="8222"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:right="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-3"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -715,51 +715,51 @@
     </w:p>
     <w:p w:rsidRPr="00C21FFE" w:rsidR="00F31FAF" w:rsidRDefault="00356547">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="&lt;w:rPr xmlns:w=&quot;http://schemas.openxmlformats.org/wordprocessingml/2006/main&quot;&gt;&lt;w:lang w:val=&quot;es-ES_tradnl&quot; /&gt;&lt;/w:rPr&gt;">
         <w:rPr/>
         <w:t xml:space="preserve">Todas las partes que han participado en este proceso constitucional se han apoyado en la STC 75/1983, de 3 de agosto, ya sea para cuestionar la licitud del precepto encausado, ya sea para defender su validez o su inconstitucionalidad. En aquel momento dijimos, y debemos recordar ahora, que "la prohibición de discriminación, enunciada con carácter general en el art.  14 CE, y concretamente en cuanto al acceso y a la permanencia en los cargos y en las funciones públicas, en el art. 23.2 CE, responde a uno de los valores superiores que según la Constitución han de inspirar el ordenamiento jurídico español, el valor de la igualdad (art. 1.1).  El derecho a la igualdad tiene así un carácter general que comprende a los servidores públicos y actúa, en el acceso a la función pública, y a lo largo de la duración de la relación funcionarial, de modo que los ciudadanos no deben ser discriminados para el empleo público o una vez incorporados a la función pública. La edad no es de las circunstancias enunciadas normativamente en el art. 14, pero no ha de verse aquí una intención tipificadora cerrada que excluya cualquiera otra de las precisadas en el texto legal, pues en la fórmula del indicado precepto se alude a cualquier otra condición o circunstancia personal o social, carácter de circunstancia personal que debe predicarse de la edad; de modo que la edad dentro de los límites que la Ley establece para el acceso y la permanencia en la función pública es una de las circunstancias comprendidas en el art. 14 y en el art. 23.2, desde la perspectiva excluyente de tratos discriminatorios" (FJ 3 ab initio). Sin embargo, como el precepto cuestionado afecta directamente al acceso a la función pública, resulta evidente que su licitud constitucional debe abordarse desde la perspectiva del art. 23.2 CE.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00C21FFE" w:rsidR="00F31FAF" w:rsidRDefault="00356547">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="&lt;w:rPr xmlns:w=&quot;http://schemas.openxmlformats.org/wordprocessingml/2006/main&quot;&gt;&lt;w:lang w:val=&quot;es-ES_tradnl&quot; /&gt;&lt;/w:rPr&gt;">
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00C21FFE" w:rsidR="00F31FAF" w:rsidRDefault="00356547">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="&lt;w:rPr xmlns:w=&quot;http://schemas.openxmlformats.org/wordprocessingml/2006/main&quot;&gt;&lt;w:lang w:val=&quot;es-ES_tradnl&quot; /&gt;&lt;/w:rPr&gt;">
         <w:rPr/>
-        <w:t xml:space="preserve">4. Pues bien, este artículo garantiza a los ciudadanos una situación jurídica de igualdad en el acceso a las funciones públicas, con la consiguiente imposibilidad de establecer requisitos para acceder a las mismas que tengan carácter discriminatorio. Otorga "un derecho de carácter puramente reaccional para impugnar ante la justicia ordinaria, y, en último extremo, ante este Tribunal Constitucional toda norma o aplicación concreta de una norma que quiebre la igualdad" (SSTC 138/2000, de 29 de mayo, FJ 6, y 166/2001, de 16 de julio, FJ 2, que evocan las SSTC 50/1986, de 23 de abril, FJ 4; 148/1986, de 25 de noviembre, FJ 9; 193/1987, de 9 de diciembre, FJ 5; 200/1991, de 13 de mayo, FJ 2; 293/1993, de 18 de octubre, FJ 4; 353/1993, de 29 de noviembre, FJ 6). El art. 23.2 CE consagra, por si sólo, la inmediata interdicción de requisitos de acceso que tengan carácter discriminatorio o de referencias individualizadas y concretas [SSTC 50/1986, de 23 de abril, FJ 4; 67/1989, de 18 de abril, FJ 2; 27/1991, de 14 de febrero, FJ 4; 353/1993, de 29 de noviembre, FJ 6; 73/1998, de 31 de marzo, FJ 3 b); 138/2000, de 29 de mayo, FJ 5 b)].</w:t>
+        <w:t xml:space="preserve">4. Pues bien, este artículo garantiza a los ciudadanos una situación jurídica de igualdad en el acceso a las funciones públicas, con la consiguiente imposibilidad de establecer requisitos para acceder a las mismas que tengan carácter discriminatorio. Otorga "un derecho de carácter puramente reaccional para impugnar ante la justicia ordinaria, y, en último extremo, ante este Tribunal Constitucional toda norma o aplicación concreta de una norma que quiebre la igualdad" (SSTC 138/2000, de 29 de mayo, FJ 6, y 166/2001, de 16 de julio, FJ 2, que evocan las SSTC 50/1986, de 23 de abril, FJ 4; 148/1986, de 25 de noviembre, FJ 9; 193/1987, de 9 de diciembre, FJ 5; 200/1991, de 28 de octubre, FJ 2; 293/1993, de 18 de octubre, FJ 4; 353/1993, de 29 de noviembre, FJ 6). El art. 23.2 CE consagra, por si sólo, la inmediata interdicción de requisitos de acceso que tengan carácter discriminatorio o de referencias individualizadas y concretas [SSTC 50/1986, de 23 de abril, FJ 4; 67/1989, de 18 de abril, FJ 2; 27/1991, de 14 de febrero, FJ 4; 353/1993, de 29 de noviembre, FJ 6; 73/1998, de 31 de marzo, FJ 3 b); 138/2000, de 29 de mayo, FJ 5 b)].</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00C21FFE" w:rsidR="00F31FAF" w:rsidRDefault="00356547">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="&lt;w:rPr xmlns:w=&quot;http://schemas.openxmlformats.org/wordprocessingml/2006/main&quot;&gt;&lt;w:lang w:val=&quot;es-ES_tradnl&quot; /&gt;&lt;/w:rPr&gt;">
         <w:rPr/>
         <w:t xml:space="preserve">En la STC 96/2002, de 25 de abril, señalábamos que "la valoración que se realice en cada caso [del principio de igualdad en la Ley] ha de tener en cuenta el régimen jurídico sustantivo del ámbito de relaciones en que se proyecte". Y, en lo que afecta al derecho de acceso a las funciones públicas, es la propia Constitución la que dispone, en su art. 103.3, que el acceso a la función pública debe atenerse a los principios de mérito y capacidad. Por eso hemos señalado anteriormente y debemos ahora reiterar que, en lo que aquí interesa, "el art.  23.2 CE impone la obligación de no exigir para el acceso a la función pública requisito o condición alguna que no sea referible a los indicados conceptos de mérito y capacidad, de manera que pueden también considerarse violatorios del principio de igualdad todos aquéllos que, sin esa referencia, establezcan una diferencia entre los ciudadanos [SSTC 50/1986, de 23 de abril, FJ 4; 148/1986, de 25 de noviembre, FJ 8; 73/1998, de 31 de marzo, FJ 3 b)]" (STC 138/2000, de 29 de mayo, FJ 5.b).</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00C21FFE" w:rsidR="00F31FAF" w:rsidRDefault="00356547">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="&lt;w:rPr xmlns:w=&quot;http://schemas.openxmlformats.org/wordprocessingml/2006/main&quot;&gt;&lt;w:lang w:val=&quot;es-ES_tradnl&quot; /&gt;&lt;/w:rPr&gt;">
         <w:rPr/>
         <w:t xml:space="preserve">Como se desprende de una reiterada doctrina (compuesta, además de las ya citadas, por las SSTC 67/1989, de 18 de abril, FJ 2 ss.; 27/1991, de 14 de febrero, FJ 4; y 99/1999, de 31 de mayo, FJ 4), el art. 23.2 CE "no priva al legislador de un amplio margen de libertad 'en la regulación de las pruebas de selección de funcionarios, y en la determinación de los méritos y capacidades que se tomarán en consideración', pero establece límites positivos y negativos a dicha libertad que resultan infranqueables. En positivo, se obliga al legislador a implantar requisitos de acceso a funciones públicas que, 'establecidos en términos de igualdad, respondan única y exclusivamente a los principios de mérito y capacidad' (STC 185/1994, FJ 3; SSTC 293/1993; 353/1993 ó 363/1993, entre otras) y, como consecuencia, desde una perspectiva negativa, se proscribe que dicha regulación de las condiciones de acceso a funciones públicas, 'se haga en términos concretos e individualizados', que equivalgan a una verdadera y propia acepción de personas (STC 185/1994, FJ 4 y las que en ella se citan)" (STC 269/1994, de 3 de octubre, FJ 5).</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00C21FFE" w:rsidR="00F31FAF" w:rsidRDefault="00356547">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="&lt;w:rPr xmlns:w=&quot;http://schemas.openxmlformats.org/wordprocessingml/2006/main&quot;&gt;&lt;w:lang w:val=&quot;es-ES_tradnl&quot; /&gt;&lt;/w:rPr&gt;">