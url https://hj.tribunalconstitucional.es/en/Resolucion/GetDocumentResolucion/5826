--- v0 (2025-12-07)
+++ v1 (2026-03-03)
@@ -877,51 +877,51 @@
     </w:p>
     <w:p w:rsidRPr="00C21FFE" w:rsidR="00F31FAF" w:rsidRDefault="00356547">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="&lt;w:rPr xmlns:w=&quot;http://schemas.openxmlformats.org/wordprocessingml/2006/main&quot;&gt;&lt;w:lang w:val=&quot;es-ES_tradnl&quot; /&gt;&lt;/w:rPr&gt;">
         <w:rPr/>
         <w:t xml:space="preserve">En el presente caso, resulta obvio que la modificación y posterior sustitución del precepto legal cuestionado no puede conllevar la pérdida sobrevenida del objeto de la cuestión de inconstitucionalidad ahora considerada, pues el juicio de constitucionalidad que sobre aquél habríamos de efectuar se conecta con su aplicación a un concreto proceso en el que el órgano judicial promotor de la cuestión ha de resolver sobre la pretensión ejercitada a la luz de la normativa vigente y aplicable en el concreto momento en el que se suscitó el proceso a quo, que fue la que permitió a la entidad crediticia ejecutar extrajudicialmente la hipoteca ante el impago del deudor hipotecario, operación a la que se opuso la apelante, aduciendo la nulidad de dicho procedimiento.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00C21FFE" w:rsidR="00F31FAF" w:rsidRDefault="00356547">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="&lt;w:rPr xmlns:w=&quot;http://schemas.openxmlformats.org/wordprocessingml/2006/main&quot;&gt;&lt;w:lang w:val=&quot;es-ES_tradnl&quot; /&gt;&lt;/w:rPr&gt;">
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00C21FFE" w:rsidR="00F31FAF" w:rsidRDefault="00356547">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="&lt;w:rPr xmlns:w=&quot;http://schemas.openxmlformats.org/wordprocessingml/2006/main&quot;&gt;&lt;w:lang w:val=&quot;es-ES_tradnl&quot; /&gt;&lt;/w:rPr&gt;">
         <w:rPr/>
-        <w:t xml:space="preserve">4. Antes de abordar el examen del fondo de la cuestión planteada, es preciso examinar la concurrencia de los presupuestos establecidos en los arts. 163 CE y 35 LOTC. A tal fin, hemos de comenzar precisando que, aun cuando el art. 37.1 LOTC abre la posibilidad de rechazar en trámite de admisión las cuestiones de inconstitucionalidad planteadas por los órganos judiciales cuando faltaren las condiciones procesales (por todos, AATC 25/2003, de 28 de enero, FJ 3; y 188/2003, de 3 de junio, FJ 1), no existe ningún óbice para hacer un pronunciamiento de la misma naturaleza en la fase de resolución de las mismas, esto es, mediante Sentencia, dado que la tramitación específica del art. 37.1 LOTC no tiene carácter preclusivo y cabe apreciar en Sentencia la ausencia de los requisitos, tanto procesales como de fundamentación, requeridos para el válido planteamiento de la cuestión (por todas, SSTC 133/2004, de 22 de julio, FJ 1; y 255/2004, de 22 de diciembre, FJ 2).</w:t>
+        <w:t xml:space="preserve">4. Antes de abordar el examen del fondo de la cuestión planteada, es preciso examinar la concurrencia de los presupuestos establecidos en los arts. 163 CE y 35 LOTC. A tal fin, hemos de comenzar precisando que, aun cuando el art. 37.1 LOTC abre la posibilidad de rechazar en trámite de admisión las cuestiones de inconstitucionalidad planteadas por los órganos judiciales cuando faltaren las condiciones procesales (por todos, AATC 25/2003, de 28 de enero, FJ 3; y 188/2003, de 3 de junio, FJ 1), no existe ningún óbice para hacer un pronunciamiento de la misma naturaleza en la fase de resolución de las mismas, esto es, mediante Sentencia, dado que la tramitación específica del art. 37.1 LOTC no tiene carácter preclusivo y cabe apreciar en Sentencia la ausencia de los requisitos, tanto procesales como de fundamentación, requeridos para el válido planteamiento de la cuestión (por todas, SSTC 133/2004, de 22 de julio, FJ 1; y 255/2004, de 23 de diciembre, FJ 2).</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00C21FFE" w:rsidR="00F31FAF" w:rsidRDefault="00356547">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="&lt;w:rPr xmlns:w=&quot;http://schemas.openxmlformats.org/wordprocessingml/2006/main&quot;&gt;&lt;w:lang w:val=&quot;es-ES_tradnl&quot; /&gt;&lt;/w:rPr&gt;">
         <w:rPr/>
         <w:t xml:space="preserve">En este punto, no se pueden dejar de advertir, ante todo, las deficiencias en que incurrió el órgano judicial a la hora de llevar a cabo la audiencia de las partes acerca de la pertinencia de plantear la cuestión de inconstitucionalidad (art.  35.2 LOTC).  En efecto, según ha declarado reiteradamente este Tribunal, en dicho trámite resulta inexcusable que el órgano judicial identifique tanto el precepto o preceptos de cuya constitucionalidad se dude, como las normas de la Constitución que se consideren vulneradas (por todos, AATC 29/2003, de 28 de enero, FJ único; y 96/2004, de 23 de marzo, FJ 2). Pues bien, en la providencia por la que se acordó oír a las partes el órgano promotor de la cuestión tan sólo identificó el párrafo segundo del art. 129 LH, pero sin expresar cuáles serían las normas constitucionales que, a su juicio, éste podría vulnerar.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00C21FFE" w:rsidR="00F31FAF" w:rsidRDefault="00356547">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="&lt;w:rPr xmlns:w=&quot;http://schemas.openxmlformats.org/wordprocessingml/2006/main&quot;&gt;&lt;w:lang w:val=&quot;es-ES_tradnl&quot; /&gt;&lt;/w:rPr&gt;">
         <w:rPr/>
         <w:t xml:space="preserve">Pues bien, la realización del trámite de audiencia en tales términos no cumple los requisitos que le son constitucionalmente exigibles; y es que, así desarrollado, difícilmente puede satisfacer las dos funciones que, según reiterada jurisprudencia, le son inherentes: de un lado, garantizar una efectiva y real audiencia de las partes y del Ministerio Fiscal ante una posible decisión de tanta entidad como es el planteamiento de una cuestión de inconstitucionalidad (STC 166/1986, de 19 de diciembre, FJ 4); y, de otro, poner a disposición del órgano judicial un medio que le permita conocer la opinión de los sujetos interesados con el fin de facilitar su reflexión sobre la conveniencia o no de proceder a la apertura de dicho proceso (ATC 173/2006, de 6 de junio).</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00C21FFE" w:rsidR="00F31FAF" w:rsidRDefault="00356547">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="&lt;w:rPr xmlns:w=&quot;http://schemas.openxmlformats.org/wordprocessingml/2006/main&quot;&gt;&lt;w:lang w:val=&quot;es-ES_tradnl&quot; /&gt;&lt;/w:rPr&gt;">