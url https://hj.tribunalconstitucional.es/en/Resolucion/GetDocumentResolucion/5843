--- v0 (2025-12-14)
+++ v1 (2026-03-03)
@@ -868,87 +868,87 @@
     </w:p>
     <w:p w:rsidRPr="00C21FFE" w:rsidR="00F31FAF" w:rsidRDefault="00356547">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="&lt;w:rPr xmlns:w=&quot;http://schemas.openxmlformats.org/wordprocessingml/2006/main&quot;&gt;&lt;w:lang w:val=&quot;es-ES_tradnl&quot; /&gt;&lt;/w:rPr&gt;">
         <w:rPr/>
         <w:t xml:space="preserve">4. Descartada la existencia del referido obstáculo procesal para el enjuiciamiento de la cuestión de fondo suscitada, procede analizar ahora si la falta de emplazamiento personal del demandante de amparo en el proceso contencioso-administrativo ha supuesto o no una vulneración del derecho a la tutela judicial efectiva, sin que, en ningún caso, pueda producirse indefensión ( art. 24.1 CE).</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00C21FFE" w:rsidR="00F31FAF" w:rsidRDefault="00356547">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="&lt;w:rPr xmlns:w=&quot;http://schemas.openxmlformats.org/wordprocessingml/2006/main&quot;&gt;&lt;w:lang w:val=&quot;es-ES_tradnl&quot; /&gt;&lt;/w:rPr&gt;">
         <w:rPr/>
         <w:t xml:space="preserve">Al respecto es necesario traer a colación una reiterada doctrina constitucional que ha venido resaltando la importancia, en todos los órdenes jurisdiccionales, de la efectividad de los actos de comunicación procesal y, en particular, del emplazamiento, a través del cual el órgano judicial pone en conocimiento de quienes ostentan algún derecho o interés la existencia misma del proceso, dada la trascendencia que estos actos revisten para garantizar el derecho reconocido en el art. 24.1 CE. Por esta razón pesa sobre los órganos judiciales la responsabilidad de velar por la correcta constitución de la relación jurídico-procesal, sin que, claro está, ello signifique exigir al Juez o Tribunal correspondiente el despliegue de una desmedida labor investigadora (SSTC 334/1993, de 15 de noviembre, FJ 2; 113/1998, de 1 de junio, FJ 2; 26/1999, de 8 de marzo, FJ 8; 1/2000, de 17 de enero, FJ 3; 102/2003, de 2 de junio, FJ 2, por todas).</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00C21FFE" w:rsidR="00F31FAF" w:rsidRDefault="00356547">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="&lt;w:rPr xmlns:w=&quot;http://schemas.openxmlformats.org/wordprocessingml/2006/main&quot;&gt;&lt;w:lang w:val=&quot;es-ES_tradnl&quot; /&gt;&lt;/w:rPr&gt;">
         <w:rPr/>
-        <w:t xml:space="preserve">En relación con los emplazamientos en la jurisdicción contenciosa-administrativa este Tribunal ha insistido en numerosas resoluciones en la necesidad del emplazamiento personal de quienes están legitimados para comparecer como demandados o coadyuvantes en procesos que inciden directamente en sus derechos e intereses cuando fueran conocidos e identificables a partir de los datos que figuren en el escrito de interposición del recurso contencioso-administrativo, en el expediente administrativo o en la demanda, suponiendo la falta de dicho emplazamiento en estos casos una vulneración del derecho a la tutela judicial efectiva (SSTC 97/1991, de 9 de mayo, FJ 2; 100/1994, de 11 de abril, FJ 2; 122/1998, de 15 de junio, FJ 3; 126/1999, de 8 de marzo, FJ 3; 1/2000, de 17 de enero, FJ 3; 102/2003, de 2 de junio, FJ 2; 102/2004, de 2 de junio, FJ 3; 207/2005, de 18 de junio, FJ 2; 246/2005, de 10 de octubre, FJ 3; 124/2006, de 24 de abril, FJ 2).</w:t>
+        <w:t xml:space="preserve">En relación con los emplazamientos en la jurisdicción contenciosa-administrativa este Tribunal ha insistido en numerosas resoluciones en la necesidad del emplazamiento personal de quienes están legitimados para comparecer como demandados o coadyuvantes en procesos que inciden directamente en sus derechos e intereses cuando fueran conocidos e identificables a partir de los datos que figuren en el escrito de interposición del recurso contencioso-administrativo, en el expediente administrativo o en la demanda, suponiendo la falta de dicho emplazamiento en estos casos una vulneración del derecho a la tutela judicial efectiva (SSTC 97/1991, de 9 de mayo, FJ 2; 100/1994, de 11 de abril, FJ 2; 122/1998, de 15 de junio, FJ 3; 126/1999, de 8 de marzo, FJ 3; 1/2000, de 17 de enero, FJ 3; 102/2003, de 2 de junio, FJ 2; 102/2004, de 2 de junio, FJ 3; 207/2005, de 18 de julio, FJ 2; 246/2005, de 10 de octubre, FJ 3; 124/2006, de 24 de abril, FJ 2).</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00C21FFE" w:rsidR="00F31FAF" w:rsidRDefault="00356547">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="&lt;w:rPr xmlns:w=&quot;http://schemas.openxmlformats.org/wordprocessingml/2006/main&quot;&gt;&lt;w:lang w:val=&quot;es-ES_tradnl&quot; /&gt;&lt;/w:rPr&gt;">
         <w:rPr/>
         <w:t xml:space="preserve">En consonancia con ello tres son los requisitos que viene exigiendo una reiterada y conocida doctrina constitucional para el otorgamiento del amparo por falta de emplazamiento personal en el proceso contencioso-administrativo:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00C21FFE" w:rsidR="00F31FAF" w:rsidRDefault="00356547">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="&lt;w:rPr xmlns:w=&quot;http://schemas.openxmlformats.org/wordprocessingml/2006/main&quot;&gt;&lt;w:lang w:val=&quot;es-ES_tradnl&quot; /&gt;&lt;/w:rPr&gt;">
         <w:rPr/>
         <w:t xml:space="preserve">a) La titularidad por el demandante de amparo, al tiempo de la iniciación del proceso, de un derecho e interés legítimo y propio susceptible de afectación en el proceso contencioso-administrativo en cuestión, lo que determina su condición de demandado o coadyuvante en aquel proceso. La situación de interés legítimo resulta identificable con cualquier ventaja o utilidad jurídica derivada de la reparación pretendida.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00C21FFE" w:rsidR="00F31FAF" w:rsidRDefault="00356547">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="&lt;w:rPr xmlns:w=&quot;http://schemas.openxmlformats.org/wordprocessingml/2006/main&quot;&gt;&lt;w:lang w:val=&quot;es-ES_tradnl&quot; /&gt;&lt;/w:rPr&gt;">
         <w:rPr/>
         <w:t xml:space="preserve">b) La posibilidad de identificación del interesado por el órgano jurisdiccional, atendiendo especialmente a la información contenida en el escrito de interposición del recurso, en el expediente administrativo o en la demanda.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00C21FFE" w:rsidR="00F31FAF" w:rsidRDefault="00356547">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="&lt;w:rPr xmlns:w=&quot;http://schemas.openxmlformats.org/wordprocessingml/2006/main&quot;&gt;&lt;w:lang w:val=&quot;es-ES_tradnl&quot; /&gt;&lt;/w:rPr&gt;">
         <w:rPr/>
-        <w:t xml:space="preserve">c) Por último, que el recurrente en amparo haya sufrido como consecuencia de la omisión del emplazamiento una situación de indefensión real y efectiva, lo que no se da cuando el interesado tiene conocimiento extraprocesal del asunto y, por su propia falta de diligencia, no se persona en la causa. El conocimiento extraprocesal del litigio ha de verificarse mediante una prueba suficiente, que no excluye las reglas del criterio humano que rigen la prueba de presunciones (SSTC, por todas, 102/2003, de 2 de junio, FJ 2; 102/2004, de 2 de junio, FJ 3; 207/2005, de 18 de junio, FJ 2; 246/2005, de 10 de octubre, FJ 3; 124/2006, de 24 de abril, FJ 2).</w:t>
+        <w:t xml:space="preserve">c) Por último, que el recurrente en amparo haya sufrido como consecuencia de la omisión del emplazamiento una situación de indefensión real y efectiva, lo que no se da cuando el interesado tiene conocimiento extraprocesal del asunto y, por su propia falta de diligencia, no se persona en la causa. El conocimiento extraprocesal del litigio ha de verificarse mediante una prueba suficiente, que no excluye las reglas del criterio humano que rigen la prueba de presunciones (SSTC, por todas, 102/2003, de 2 de junio, FJ 2; 102/2004, de 2 de junio, FJ 3; 207/2005, de 18 de julio, FJ 2; 246/2005, de 10 de octubre, FJ 3; 124/2006, de 24 de abril, FJ 2).</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00C21FFE" w:rsidR="00F31FAF" w:rsidRDefault="00356547">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="&lt;w:rPr xmlns:w=&quot;http://schemas.openxmlformats.org/wordprocessingml/2006/main&quot;&gt;&lt;w:lang w:val=&quot;es-ES_tradnl&quot; /&gt;&lt;/w:rPr&gt;">
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00C21FFE" w:rsidR="00F31FAF" w:rsidRDefault="00356547">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="&lt;w:rPr xmlns:w=&quot;http://schemas.openxmlformats.org/wordprocessingml/2006/main&quot;&gt;&lt;w:lang w:val=&quot;es-ES_tradnl&quot; /&gt;&lt;/w:rPr&gt;">
         <w:rPr/>
         <w:t xml:space="preserve">5. La aplicación de la doctrina constitucional expuesta al caso enjuiciado ha de conducir a apreciar la denunciada vulneración del derecho a la tutela judicial efectiva (art. 24.1 CE).</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00C21FFE" w:rsidR="00F31FAF" w:rsidRDefault="00356547">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="&lt;w:rPr xmlns:w=&quot;http://schemas.openxmlformats.org/wordprocessingml/2006/main&quot;&gt;&lt;w:lang w:val=&quot;es-ES_tradnl&quot; /&gt;&lt;/w:rPr&gt;">