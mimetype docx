--- v0 (2025-12-20)
+++ v1 (2026-03-04)
@@ -80,51 +80,51 @@
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>de 11 de octubre de 2006</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F31FAF" w:rsidP="002E3FC7" w:rsidRDefault="00F31FAF">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00735EC7" w:rsidR="00F31FAF" w:rsidP="00B40515" w:rsidRDefault="00356547">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>El Pleno del Tribunal Constitucional, compuesto por doña María Emilia Casas Baamonde, Presidenta, don Guillermo Jiménez Sánchez, don Vicente Conde Martín de Hijas, don Javier Delgado Barrio, doña Elisa Pérez Vera, don Roberto García-Calvo y Montiel, don Eugeni Gay Montalvo, don Jorge Rodríguez-Zapata Pérez, don Ramón Rodríguez Arribas, don Pascual Sala Sánchez, don Manuel Aragón Reyes y don Pablo Pérez Tremps, Magistrados, ha pronunciado </w:t>
+        <w:t>El Pleno del Tribunal Constitucional, compuesto por doña María Emilia Casas Baamonde, Presidenta, don Guillermo Jiménez Sánchez, don Vicente Conde Martín de Hijas, don Javier Delgado Barrio, doña Elisa Pérez Vera, don Roberto García-Calvo y Montiel, don Eugeni Gay Montalvo, don Jorge Rodríguez-Zapata Pérez, don Ramón Rodríguez Arribas, don Pascual Sala Sánchez, don Manuel Aragón Reyes y don Pablo Pérez Tremps, Magistrados, ha pronunciado</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00B40515" w:rsidR="00F31FAF" w:rsidP="00B40515" w:rsidRDefault="00F31FAF">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00F07668" w:rsidR="00F31FAF" w:rsidP="00B40515" w:rsidRDefault="00F31FAF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="8222"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:right="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-3"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -733,51 +733,51 @@
     </w:p>
     <w:p w:rsidRPr="00C21FFE" w:rsidR="00F31FAF" w:rsidRDefault="00356547">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="&lt;w:rPr xmlns:w=&quot;http://schemas.openxmlformats.org/wordprocessingml/2006/main&quot;&gt;&lt;w:lang w:val=&quot;es-ES_tradnl&quot; /&gt;&lt;/w:rPr&gt;">
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00C21FFE" w:rsidR="00F31FAF" w:rsidRDefault="00356547">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="&lt;w:rPr xmlns:w=&quot;http://schemas.openxmlformats.org/wordprocessingml/2006/main&quot;&gt;&lt;w:lang w:val=&quot;es-ES_tradnl&quot; /&gt;&lt;/w:rPr&gt;">
         <w:rPr/>
         <w:t xml:space="preserve">3. Ya en este punto, hemos de señalar, frente a lo alegado por el Fiscal General del Estado, que no resultaba procedente el planteamiento de la cuestión en relación con el art. 34 b) de la Norma Foral de Vizcaya 7/1991, de 27 de noviembre, del impuesto sobre la renta de las personas físicas, porque, como correctamente apunta el Abogado del Estado, la norma foral, no solamente carece de fuerza de ley, sino que, además, no es más que una reproducción del art. 34 b) de la Ley estatal 18/1991, en virtud de la Ley del concierto económico.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00C21FFE" w:rsidR="00F31FAF" w:rsidRDefault="00356547">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="&lt;w:rPr xmlns:w=&quot;http://schemas.openxmlformats.org/wordprocessingml/2006/main&quot;&gt;&lt;w:lang w:val=&quot;es-ES_tradnl&quot; /&gt;&lt;/w:rPr&gt;">
         <w:rPr/>
-        <w:t xml:space="preserve">Efectivamente, como ya tuvimos oportunidad de aclarar en la STC 255/2004, de 22 de diciembre, si bien la norma aplicada a la liquidación impugnada ha sido el art. 34 b) de la Norma foral 7/1991, lo cierto es que por imperativo del art. 7.6 de la Ley 12/1981, de 13 de mayo, reguladora del concierto económico con la Comunidad Autónoma del País Vasco, aquel precepto no hace otra cosa que reproducir el art. 34 b) de la Ley 18/1991, de 6 de junio, del impuesto sobre la renta de las personas físicas, “por lo que toda infracción constitucional que pudiera imputarse al precepto foral, ha de incluirse asimismo en la norma estatal”. En efecto, “las normas que regulan el sistema tributario de cada territorio histórico son normas que no emanan del Parlamento vasco, sino de las Juntas Generales de cada uno de los territorios históricos, a quienes corresponde ‘la exacción, gestión, liquidación, inspección, revisión y recaudación de los tributos que integran el sistema tributario de los Territorios Históricos’ (art. 2.2 de la Ley 12/1981). Se trata, pues, de disposiciones normativas que, aunque no tienen naturaleza de meros reglamentos de ejecución de la Ley estatal, carecen de rango de ley y, en esta medida, como acertadamente señala el Abogado del Estado, no pueden ser objeto de una cuestión de inconstitucionalidad (arts. 163 CE y 35.1 LOTC)” (FJ 2). Así —continuábamos afirmando— “las consecuencias de que el sistema tributario de cada territorio histórico —en el caso de autos, el de Vizcaya— atiendan al régimen de concierto, supone, en lo que ahora nos interesa que, aun cuando, conforme al apartado 1 del art. 7 de la Ley 12/1981, el impuesto sobre la renta de las personas físicas es un ‘tributo concertado de normativa autónoma’, según el apartado 6 del mismo precepto, las Diputaciones forales deben exigir el impuesto sobre la renta de las personas físicas ‘aplicando las normas reguladoras del mismo en territorio común’, con excepción únicamente de los aspectos del tributo recogidos en el apartado 5, a saber, los relativos a la actualización de balances, planes y coeficientes de amortización, estimación objetiva singular, deducción por inversiones en activos fijos materiales y, finalmente, modelos y plazos de presentación de las autoliquidaciones” (FJ 2). Y dado que, entre las citadas excepciones de ese apartado 5 no se encuentra regla alguna para la determinación del rendimiento del capital inmobiliario derivado de la titularidad de bienes inmuebles no arrendados, es razonable concluir que, en estos otros aspectos,  la norma foral ha de reproducir la normativa estatal, que no es sino la contenida en la Ley 18/1991, de 6 de junio, del impuesto sobre la renta de las personas físicas. En consecuencia, como concluimos en la STC 255/2004, “aun cuando las normas forales son controlables por la jurisdicción contencioso-administrativa, dado que, en este caso, no hace sino reproducir textualmente la normativa estatal por expresa exigencia del art. 7.6 de la Ley 12/1981, de 13 de mayo, la infracción constitucional que pudiera imputarse a aquéllas ha de entenderse incluida en la norma estatal, respecto de la cual sí puede plantearse cuestión de inconstitucionalidad al tratarse de una disposición con rango de ley” (FJ 2).</w:t>
+        <w:t xml:space="preserve">Efectivamente, como ya tuvimos oportunidad de aclarar en la STC 255/2004, de 23 de diciembre, si bien la norma aplicada a la liquidación impugnada ha sido el art. 34 b) de la Norma foral 7/1991, lo cierto es que por imperativo del art. 7.6 de la Ley 12/1981, de 13 de mayo, reguladora del concierto económico con la Comunidad Autónoma del País Vasco, aquel precepto no hace otra cosa que reproducir el art. 34 b) de la Ley 18/1991, de 6 de junio, del impuesto sobre la renta de las personas físicas, “por lo que toda infracción constitucional que pudiera imputarse al precepto foral, ha de incluirse asimismo en la norma estatal”. En efecto, “las normas que regulan el sistema tributario de cada territorio histórico son normas que no emanan del Parlamento vasco, sino de las Juntas Generales de cada uno de los territorios históricos, a quienes corresponde ‘la exacción, gestión, liquidación, inspección, revisión y recaudación de los tributos que integran el sistema tributario de los Territorios Históricos’ (art. 2.2 de la Ley 12/1981). Se trata, pues, de disposiciones normativas que, aunque no tienen naturaleza de meros reglamentos de ejecución de la Ley estatal, carecen de rango de ley y, en esta medida, como acertadamente señala el Abogado del Estado, no pueden ser objeto de una cuestión de inconstitucionalidad (arts. 163 CE y 35.1 LOTC)” (FJ 2). Así —continuábamos afirmando— “las consecuencias de que el sistema tributario de cada territorio histórico —en el caso de autos, el de Vizcaya— atiendan al régimen de concierto, supone, en lo que ahora nos interesa que, aun cuando, conforme al apartado 1 del art. 7 de la Ley 12/1981, el impuesto sobre la renta de las personas físicas es un ‘tributo concertado de normativa autónoma’, según el apartado 6 del mismo precepto, las Diputaciones forales deben exigir el impuesto sobre la renta de las personas físicas ‘aplicando las normas reguladoras del mismo en territorio común’, con excepción únicamente de los aspectos del tributo recogidos en el apartado 5, a saber, los relativos a la actualización de balances, planes y coeficientes de amortización, estimación objetiva singular, deducción por inversiones en activos fijos materiales y, finalmente, modelos y plazos de presentación de las autoliquidaciones” (FJ 2). Y dado que, entre las citadas excepciones de ese apartado 5 no se encuentra regla alguna para la determinación del rendimiento del capital inmobiliario derivado de la titularidad de bienes inmuebles no arrendados, es razonable concluir que, en estos otros aspectos,  la norma foral ha de reproducir la normativa estatal, que no es sino la contenida en la Ley 18/1991, de 6 de junio, del impuesto sobre la renta de las personas físicas. En consecuencia, como concluimos en la STC 255/2004, “aun cuando las normas forales son controlables por la jurisdicción contencioso-administrativa, dado que, en este caso, no hace sino reproducir textualmente la normativa estatal por expresa exigencia del art. 7.6 de la Ley 12/1981, de 13 de mayo, la infracción constitucional que pudiera imputarse a aquéllas ha de entenderse incluida en la norma estatal, respecto de la cual sí puede plantearse cuestión de inconstitucionalidad al tratarse de una disposición con rango de ley” (FJ 2).</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00C21FFE" w:rsidR="00F31FAF" w:rsidRDefault="00356547">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="&lt;w:rPr xmlns:w=&quot;http://schemas.openxmlformats.org/wordprocessingml/2006/main&quot;&gt;&lt;w:lang w:val=&quot;es-ES_tradnl&quot; /&gt;&lt;/w:rPr&gt;">
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00C21FFE" w:rsidR="00F31FAF" w:rsidRDefault="00356547">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="&lt;w:rPr xmlns:w=&quot;http://schemas.openxmlformats.org/wordprocessingml/2006/main&quot;&gt;&lt;w:lang w:val=&quot;es-ES_tradnl&quot; /&gt;&lt;/w:rPr&gt;">
         <w:rPr/>
         <w:t xml:space="preserve">4. Una vez delimitado el objeto del proceso, el análisis de fondo hace necesario determinar, ante todo, la normativa aplicable en este caso. A tal fin, debe tenerse presente que desde el año 1978, entre los distintos tipos de renta gravada por el impuesto sobre la renta de las personas físicas se encuentran los rendimientos del capital inmobiliario, dentro de los cuales se han venido distinguiendo dos supuestos: los procedentes de los inmuebles arrendados, calculados de forma directa por la diferencia entre los ingresos íntegros percibidos y los gastos necesarios para su obtención; y los derivados de los inmuebles no arrendados, objeto de una imputación de renta que se calcula mediante la aplicación de un porcentaje a su valor.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00C21FFE" w:rsidR="00F31FAF" w:rsidRDefault="00356547">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="&lt;w:rPr xmlns:w=&quot;http://schemas.openxmlformats.org/wordprocessingml/2006/main&quot;&gt;&lt;w:lang w:val=&quot;es-ES_tradnl&quot; /&gt;&lt;/w:rPr&gt;">
@@ -796,51 +796,51 @@
     </w:p>
     <w:p w:rsidRPr="00C21FFE" w:rsidR="00F31FAF" w:rsidRDefault="00356547">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="&lt;w:rPr xmlns:w=&quot;http://schemas.openxmlformats.org/wordprocessingml/2006/main&quot;&gt;&lt;w:lang w:val=&quot;es-ES_tradnl&quot; /&gt;&lt;/w:rPr&gt;">
         <w:rPr/>
         <w:t xml:space="preserve">Unos años después, la Ley 18/1991, de 6 de junio, del impuesto sobre la renta de las personas físicas, en su art. 34 b) —aquí cuestionado—, recogió la misma imputación de rentas inmobiliarias que la anterior por la titularidad de bienes inmuebles urbanos no arrendados o subarrendados, esto es, la aplicación de un porcentaje del 2 por 100 sobre el valor “por el que se hallen computados o deberían, en su caso, computarse a efectos del Impuesto sobre el Patrimonio”. No obstante, dicho régimen de imputación cambió sustancialmente como consecuencia de que la Ley 19/1991, de 6 de junio, del impuesto sobre el patrimonio, abandonó la regla de cómputo de los bienes inmuebles en la base imponible del tributo por su valor catastral adoptando la del “mayor de los tres siguientes: el valor catastral, el comprobado por la Administración a efectos de otros tributos o el precio, contraprestación o valor de adquisición” (art. 10.1 de la Ley 19/1991, de 6 de junio, del impuesto sobre el patrimonio). Años más tarde, el Real Decreto-ley 12/1995, de 28 de diciembre, sobre medidas urgentes en materia presupuestaria, tributaria y financiera, daría nueva redacción al anterior art. 34 b) para suprimir la remisión al impuesto sobre el patrimonio y volver a tomar como único valor de referencia el catastral, valor al que se aplicaba el porcentaje del 2 por 100 (o del 1,1 por 100 cuando los valores catastrales hubieran sido objeto de revisión o modificación).</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00C21FFE" w:rsidR="00F31FAF" w:rsidRDefault="00356547">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="&lt;w:rPr xmlns:w=&quot;http://schemas.openxmlformats.org/wordprocessingml/2006/main&quot;&gt;&lt;w:lang w:val=&quot;es-ES_tradnl&quot; /&gt;&lt;/w:rPr&gt;">
         <w:rPr/>
         <w:t xml:space="preserve">Finalmente, el art. 71 de la Ley 40/1998, de 9 de diciembre, del impuesto sobre la renta de las personas físicas, bajo la rúbrica de “Imputación de rentas inmobiliarias”, continuó aplicando a los bienes inmuebles no generadores de rendimientos del capital inmobiliario (esto es, a los no arrendados o cedidos en uso) el 2 por 100 sobre el valor catastral (o el 1,1 por 100 en el supuesto de inmuebles con valores catastrales revisados o modificados). Y la misma imputación referida al valor catastral se recoge en el art. 87 del Real Decreto Legislativo 3/2004, de 5 de marzo, por el que se aprueba el texto refundido del impuesto sobre la renta de las personas físicas.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00C21FFE" w:rsidR="00F31FAF" w:rsidRDefault="00356547">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="&lt;w:rPr xmlns:w=&quot;http://schemas.openxmlformats.org/wordprocessingml/2006/main&quot;&gt;&lt;w:lang w:val=&quot;es-ES_tradnl&quot; /&gt;&lt;/w:rPr&gt;">
         <w:rPr/>
-        <w:t xml:space="preserve">Sobre esta base, debe precisarse que no desaparece el objeto del presente proceso constitucional por el hecho de que el precepto cuestionado —el art. 34 b) de la Ley 18/1991— haya perdido, a la fecha de hoy, su vigencia: es nuestra doctrina que en las cuestiones de inconstitucionalidad subsiste el objeto del proceso pese a la derogación o modificación de la norma cuestionada cuando ésta, tras su derogación o modificación, resulta aplicable en el proceso a quo y de su validez depende la decisión a adoptar en el mismo (entre muchas, SSTC 63/2003, de 27 de marzo, FJ 2; 125/2003, de 19 de junio, FJ 2; 202/2003, de 17 de noviembre, FJ 1; 37/2004, de 11 de marzo, FJ 1; 255/2004, de 22 de diciembre, FJ 2; 102/2005, de 18 de abril, FJ 2; y 121/2005, de 10 de mayo, FJ 3). A la luz de la citada jurisprudencia hay que concluir que el presente proceso no ha perdido su objeto, pues el precepto enjuiciado resulta aplicable en el proceso contencioso-administrativo que ha originado el planteamiento de la presente cuestión de inconstitucionalidad, en el sentido indicado en la ya citada STC 255/2004. En efecto, por imperativo del art. 7 de la Ley 12/1981, de 13 de mayo, por la que se aprobaba el concierto económico con la Comunidad Autónoma del País Vasco, aun gozando el impuesto sobre la renta de las personas físicas de una regulación autónoma propia en cada territorio histórico como consecuencia de su calificación como tributo “concertado de normativa autónoma”, en la determinación de los rendimientos del capital inmobiliario (actual imputación de rentas inmobiliarias) se aplican las mismas reglas que las existentes en el territorio común, al no constituir esta materia ninguna de las excepciones a las que hace referencia el apartado 5 del art. 7 de aquella Ley 12/1981. Por esta razón, en el territorio histórico de Vizcaya era de aplicación en el ejercicio objeto del recurso contencioso-administrativo que ha dado lugar a la presente cuestión de inconstitucionalidad (1992), la Norma Foral de las Juntas Generales de Vizcaya 7/1991, de 27 de noviembre, del impuesto sobre la renta de las personas físicas, cuyo art. 34 b) era transcripción textual del art. 34 b) de la Ley 18/1991, de 6 de junio (redacción que estuvo vigente desde el día 1 de enero de 1992 hasta el 12 de marzo de 1995).</w:t>
+        <w:t xml:space="preserve">Sobre esta base, debe precisarse que no desaparece el objeto del presente proceso constitucional por el hecho de que el precepto cuestionado —el art. 34 b) de la Ley 18/1991— haya perdido, a la fecha de hoy, su vigencia: es nuestra doctrina que en las cuestiones de inconstitucionalidad subsiste el objeto del proceso pese a la derogación o modificación de la norma cuestionada cuando ésta, tras su derogación o modificación, resulta aplicable en el proceso a quo y de su validez depende la decisión a adoptar en el mismo (entre muchas, SSTC 63/2003, de 27 de marzo, FJ 2; 125/2003, de 19 de junio, FJ 2; 202/2003, de 17 de noviembre, FJ 1; 37/2004, de 11 de marzo, FJ 1; 255/2004, de 23 de diciembre, FJ 2; 102/2005, de 18 de abril, FJ 2; y 121/2005, de 10 de mayo, FJ 3). A la luz de la citada jurisprudencia hay que concluir que el presente proceso no ha perdido su objeto, pues el precepto enjuiciado resulta aplicable en el proceso contencioso-administrativo que ha originado el planteamiento de la presente cuestión de inconstitucionalidad, en el sentido indicado en la ya citada STC 255/2004. En efecto, por imperativo del art. 7 de la Ley 12/1981, de 13 de mayo, por la que se aprobaba el concierto económico con la Comunidad Autónoma del País Vasco, aun gozando el impuesto sobre la renta de las personas físicas de una regulación autónoma propia en cada territorio histórico como consecuencia de su calificación como tributo “concertado de normativa autónoma”, en la determinación de los rendimientos del capital inmobiliario (actual imputación de rentas inmobiliarias) se aplican las mismas reglas que las existentes en el territorio común, al no constituir esta materia ninguna de las excepciones a las que hace referencia el apartado 5 del art. 7 de aquella Ley 12/1981. Por esta razón, en el territorio histórico de Vizcaya era de aplicación en el ejercicio objeto del recurso contencioso-administrativo que ha dado lugar a la presente cuestión de inconstitucionalidad (1992), la Norma Foral de las Juntas Generales de Vizcaya 7/1991, de 27 de noviembre, del impuesto sobre la renta de las personas físicas, cuyo art. 34 b) era transcripción textual del art. 34 b) de la Ley 18/1991, de 6 de junio (redacción que estuvo vigente desde el día 1 de enero de 1992 hasta el 12 de marzo de 1995).</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00C21FFE" w:rsidR="00F31FAF" w:rsidRDefault="00356547">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="&lt;w:rPr xmlns:w=&quot;http://schemas.openxmlformats.org/wordprocessingml/2006/main&quot;&gt;&lt;w:lang w:val=&quot;es-ES_tradnl&quot; /&gt;&lt;/w:rPr&gt;">
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00C21FFE" w:rsidR="00F31FAF" w:rsidRDefault="00356547">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="&lt;w:rPr xmlns:w=&quot;http://schemas.openxmlformats.org/wordprocessingml/2006/main&quot;&gt;&lt;w:lang w:val=&quot;es-ES_tradnl&quot; /&gt;&lt;/w:rPr&gt;">
         <w:rPr/>
         <w:t xml:space="preserve">5. Como se dijo anteriormente, a juicio del órgano judicial, el precepto cuestionado genera una diferencia de trato entre titulares de bienes inmuebles no arrendados que resulta incompatible con los arts. 14 y 31.1 CE, al imputarles, en supuestos en los que se revela idéntica riqueza, una renta presunta de cuantía diferente en función del momento temporal en el que se adquirieron aquellos bienes. Es decir, el órgano judicial plantea la vulneración por el art. 34 b) de la Ley 18/1991 del principio de igualdad “en la ley” o “ante la ley”; principio que, como venimos señalando, impone al legislador el deber de dispensar un mismo tratamiento a quienes se encuentran en situaciones jurídicas iguales, con prohibición de toda desigualdad que, desde el punto de vista de la finalidad de la norma cuestionada, carezca de justificación objetiva y razonable o resulte desproporcionada en relación con dicha justificación. Lo que prohíbe el principio de igualdad son, en suma, las desigualdades que resulten artificiosas o injustificadas por no venir fundadas en criterios objetivos y razonables, según criterios o juicios de valor generalmente aceptados, por lo que para que sea constitucionalmente lícita la diferencia de trato, las consecuencias jurídicas que se deriven de tal distinción deben ser proporcionadas a la finalidad perseguida, de suerte que se eviten resultados excesivamente gravosos o desmedidos [entre otras, SSTC 76/1990, de 26 de abril, FJ 9; 214/1994, de 14 de julio, FJ 8; 46/1999, de 22 de marzo, FJ 2; 200/2001, de 4 de octubre, FJ 4 a); 39/2002, de 14 de febrero, FJ 4; 96/2002, de 25 de abril, FJ 7; 152/2003, de 17 de julo, FJ 5 c); 193/2004, de 4 de noviembre, FJ 3; 255/2004, de 23 de diciembre, FJ 4; 10/2005, de 20 de enero, FJ 5; 57/2005, de 14 de marzo, FJ 3; y 54/2006, de 27 de febrero, FJ 6].</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00C21FFE" w:rsidR="00F31FAF" w:rsidRDefault="00356547">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="&lt;w:rPr xmlns:w=&quot;http://schemas.openxmlformats.org/wordprocessingml/2006/main&quot;&gt;&lt;w:lang w:val=&quot;es-ES_tradnl&quot; /&gt;&lt;/w:rPr&gt;">
@@ -859,51 +859,51 @@
     </w:p>
     <w:p w:rsidRPr="00C21FFE" w:rsidR="00F31FAF" w:rsidRDefault="00356547">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="&lt;w:rPr xmlns:w=&quot;http://schemas.openxmlformats.org/wordprocessingml/2006/main&quot;&gt;&lt;w:lang w:val=&quot;es-ES_tradnl&quot; /&gt;&lt;/w:rPr&gt;">
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00C21FFE" w:rsidR="00F31FAF" w:rsidRDefault="00356547">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="&lt;w:rPr xmlns:w=&quot;http://schemas.openxmlformats.org/wordprocessingml/2006/main&quot;&gt;&lt;w:lang w:val=&quot;es-ES_tradnl&quot; /&gt;&lt;/w:rPr&gt;">
         <w:rPr/>
         <w:t xml:space="preserve">6. Ya en este punto es de señalar que los rendimientos de los inmuebles urbanos que contempla el precepto cuestionado integran la manifestación de una capacidad económica que si bien no deriva de una renta real —no hay un ingreso efectivamente producido— sí conecta con una renta potencial: cabe razonablemente entender que, en la medida en que tales inmuebles son susceptibles de generar un rendimiento al que “renuncia” su titular —el que podría obtenerse mediante su arrendamiento— estamos ante una “renta potencial” susceptible de ser sometida a imposición por el impuesto sobre la renta de las personas físicas, de la misma manera que —en relación con el impuesto andaluz de tierras infrautilizadas— hemos afirmado que la renuncia a obtener el rendimiento óptimo legalmente señalado para las fincas rústicas “es por sí mismo revelador de la titularidad de una riqueza real o potencial” (STC 37/1987, de 26 de marzo, FJ 13).</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00C21FFE" w:rsidR="00F31FAF" w:rsidRDefault="00356547">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="&lt;w:rPr xmlns:w=&quot;http://schemas.openxmlformats.org/wordprocessingml/2006/main&quot;&gt;&lt;w:lang w:val=&quot;es-ES_tradnl&quot; /&gt;&lt;/w:rPr&gt;">
         <w:rPr/>
-        <w:t xml:space="preserve">Sobre esta base para examinar el art. 34 b) de la Ley 18/1991 desde la perspectiva del principio de igualdad tributaria constatamos ya que el término de comparación que se aporta por el órgano judicial para ilustrar la desigualdad denunciada es homogéneo, requisito indispensable para poder apreciar la vulneración de dicho principio (por todas, SSTC 255/2004, de 22 de diciembre, FJ 5; y 273/2005, de 27 de octubre, FJ 3), pues para poner de manifiesto la discriminación denunciada, la Sala de lo Contencioso-Administrativo del Tribunal Superior de Justicia del País Vasco establece la comparación entre dos contribuyentes, sujetos pasivos del impuesto sobre la renta de las personas físicas que son titulares de bienes inmuebles idénticos —porque tienen las mismas características físicas, jurídicas y económicas, y forman incluso parte de la misma unidad constructiva. De ello deriva que sus rentas potenciales —capacidades económicas gravadas— son insoslayablemente idénticas. En el caso de rentas reales, las efectivamente percibidas por arrendamiento de inmuebles idénticos pueden ser diferentes, pero tratándose de rentas potenciales —las que teóricamente pueden percibirse— no cabe esa diferencia: la identidad de las características de los inmuebles arrastra inexorablemente la identidad de capacidad económica. Y pese a esta identidad, el diferente momento de adquisición da lugar a la imputación de “un rendimiento tributario distinto ... en función de una regla de valoración tributaria de inmuebles inicialmente concebida para otro tributo diferente y a la que se accede por reenvío normativo”, es decir “la adquisición más o menos reciente de la vivienda” se erige en “factor decisivo de la imputación de un diferente rendimiento”.</w:t>
+        <w:t xml:space="preserve">Sobre esta base para examinar el art. 34 b) de la Ley 18/1991 desde la perspectiva del principio de igualdad tributaria constatamos ya que el término de comparación que se aporta por el órgano judicial para ilustrar la desigualdad denunciada es homogéneo, requisito indispensable para poder apreciar la vulneración de dicho principio (por todas, SSTC 255/2004, de 23 de diciembre, FJ 5; y 273/2005, de 27 de octubre, FJ 3), pues para poner de manifiesto la discriminación denunciada, la Sala de lo Contencioso-Administrativo del Tribunal Superior de Justicia del País Vasco establece la comparación entre dos contribuyentes, sujetos pasivos del impuesto sobre la renta de las personas físicas que son titulares de bienes inmuebles idénticos —porque tienen las mismas características físicas, jurídicas y económicas, y forman incluso parte de la misma unidad constructiva. De ello deriva que sus rentas potenciales —capacidades económicas gravadas— son insoslayablemente idénticas. En el caso de rentas reales, las efectivamente percibidas por arrendamiento de inmuebles idénticos pueden ser diferentes, pero tratándose de rentas potenciales —las que teóricamente pueden percibirse— no cabe esa diferencia: la identidad de las características de los inmuebles arrastra inexorablemente la identidad de capacidad económica. Y pese a esta identidad, el diferente momento de adquisición da lugar a la imputación de “un rendimiento tributario distinto ... en función de una regla de valoración tributaria de inmuebles inicialmente concebida para otro tributo diferente y a la que se accede por reenvío normativo”, es decir “la adquisición más o menos reciente de la vivienda” se erige en “factor decisivo de la imputación de un diferente rendimiento”.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00C21FFE" w:rsidR="00F31FAF" w:rsidRDefault="00356547">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="&lt;w:rPr xmlns:w=&quot;http://schemas.openxmlformats.org/wordprocessingml/2006/main&quot;&gt;&lt;w:lang w:val=&quot;es-ES_tradnl&quot; /&gt;&lt;/w:rPr&gt;">
         <w:rPr/>
         <w:t xml:space="preserve">Así pues, las consecuencias tributarias en uno y otro supuesto son bien distintas, pues la norma legal imputa un rendimiento del capital inmobiliario diferente a cada titular en función del valor a tomar en consideración en cada ejercicio impositivo.  En efecto, conforme al art. 34 b) de la Ley 18/1991 cuestionado, tendrá la consideración de rendimiento íntegro del capital inmobiliario procedente de la titularidad de bienes inmuebles urbanos no arrendados “la cantidad que resulte de aplicar el 2 por 100 al valor por el que se hallen computados o deberían, en su caso, computarse a efectos del Impuesto sobre el Patrimonio”, a saber, el 2 por 100 del “mayor valor de los tres siguientes: el valor catastral, el comprobado por la Administración a efectos de otros tributos o el precio, contraprestación o valor de adquisición” (art. 10 de la Ley 19/1991, del impuesto sobre el patrimonio).</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00C21FFE" w:rsidR="00F31FAF" w:rsidRDefault="00356547">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="&lt;w:rPr xmlns:w=&quot;http://schemas.openxmlformats.org/wordprocessingml/2006/main&quot;&gt;&lt;w:lang w:val=&quot;es-ES_tradnl&quot; /&gt;&lt;/w:rPr&gt;">
         <w:rPr/>
         <w:t xml:space="preserve">Y puesto que los tres mencionado valores pueden ser distintos —sobre esta base la norma elige el mayor de ellos—, resulta que también podrá ser distinta la cantidad que se imputa a los titulares de bienes inmuebles en concepto de renta sujeta a gravamen en el impuesto sobre la renta de las personas físicas y tal diferencia dependerá, no de las características del inmueble, en sí mismo considerado (número de metros, estado de conservación, situación, cargas, etc.)  sino, única y exclusivamente, del momento temporal en que se ha producido la adquisición del mismo por el titular.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00C21FFE" w:rsidR="00F31FAF" w:rsidRDefault="00356547">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="&lt;w:rPr xmlns:w=&quot;http://schemas.openxmlformats.org/wordprocessingml/2006/main&quot;&gt;&lt;w:lang w:val=&quot;es-ES_tradnl&quot; /&gt;&lt;/w:rPr&gt;">