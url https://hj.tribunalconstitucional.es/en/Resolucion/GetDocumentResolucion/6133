--- v0 (2025-12-05)
+++ v1 (2026-02-28)
@@ -80,51 +80,51 @@
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>de 4 de julio de 2007</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F31FAF" w:rsidP="002E3FC7" w:rsidRDefault="00F31FAF">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00735EC7" w:rsidR="00F31FAF" w:rsidP="00B40515" w:rsidRDefault="00356547">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>El Pleno del Tribunal Constitucional, compuesto por doña María Emilia Casas Baamonde, Presidenta, don Guillermo Jiménez Sánchez, don Vicente Conde Martín de Hijas, don Javier Delgado Barrio, doña Elisa Pérez Vera, don Roberto García-Calvo y Montiel, don Eugeni Gay Montalvo, don Jorge Rodríguez-Zapata Pérez, don Ramón Rodríguez Arribas, don Pascual Sala Sánchez, don Manuel Aragón Reyes y don Pablo Pérez Tremps, Magistrados, ha pronunciado </w:t>
+        <w:t>El Pleno del Tribunal Constitucional, compuesto por doña María Emilia Casas Baamonde, Presidenta, don Guillermo Jiménez Sánchez, don Vicente Conde Martín de Hijas, don Javier Delgado Barrio, doña Elisa Pérez Vera, don Roberto García-Calvo y Montiel, don Eugeni Gay Montalvo, don Jorge Rodríguez-Zapata Pérez, don Ramón Rodríguez Arribas, don Pascual Sala Sánchez, don Manuel Aragón Reyes y don Pablo Pérez Tremps, Magistrados, ha pronunciado</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00B40515" w:rsidR="00F31FAF" w:rsidP="00B40515" w:rsidRDefault="00F31FAF">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00F07668" w:rsidR="00F31FAF" w:rsidP="00B40515" w:rsidRDefault="00F31FAF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="8222"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:right="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-3"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -967,51 +967,51 @@
     </w:p>
     <w:p w:rsidRPr="00C21FFE" w:rsidR="00F31FAF" w:rsidRDefault="00356547">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="&lt;w:rPr xmlns:w=&quot;http://schemas.openxmlformats.org/wordprocessingml/2006/main&quot;&gt;&lt;w:lang w:val=&quot;es-ES_tradnl&quot; /&gt;&lt;/w:rPr&gt;">
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00C21FFE" w:rsidR="00F31FAF" w:rsidRDefault="00356547">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="&lt;w:rPr xmlns:w=&quot;http://schemas.openxmlformats.org/wordprocessingml/2006/main&quot;&gt;&lt;w:lang w:val=&quot;es-ES_tradnl&quot; /&gt;&lt;/w:rPr&gt;">
         <w:rPr/>
         <w:t xml:space="preserve">5. Una vez sentadas las precisiones que anteceden, resulta obligado que examinemos los óbices procesales que el Fiscal General del Estado ha opuesto en sus alegaciones a la admisión de la presente cuestión de inconstitucionalidad, por estimar que no se ha cumplido debidamente el trámite de audiencia a las partes y al Ministerio Fiscal que exige el art. 35.2 LOTC, ni se ha exteriorizado tampoco en el Auto de planteamiento de la cuestión el denominado juicio de relevancia conforme a lo establecido en el referido precepto.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00C21FFE" w:rsidR="00F31FAF" w:rsidRDefault="00356547">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="&lt;w:rPr xmlns:w=&quot;http://schemas.openxmlformats.org/wordprocessingml/2006/main&quot;&gt;&lt;w:lang w:val=&quot;es-ES_tradnl&quot; /&gt;&lt;/w:rPr&gt;">
         <w:rPr/>
-        <w:t xml:space="preserve">A tal efecto hemos de recordar una vez más que, aun cuando el art. 37.1 LOTC abre la posibilidad de rechazar en trámite de admisión las cuestiones de inconstitucionalidad planteadas por los órganos judiciales cuando faltaren las condiciones procesales (entre otros muchos, AATC 42/1998, de 18 de febrero, FJ 1; 21/2001, de 30 de enero, FJ 1; 25/2003, de 28 de enero, FJ 3; 188/2003, de 3 de junio, FJ 1; y 206/2005, de 10 de mayo, FJ 2), no existe ningún óbice para hacer un pronunciamiento de la misma naturaleza en la fase de resolución de las mismas, esto es, mediante Sentencia, dado que la tramitación específica del art. 37.1 LOTC no tiene carácter preclusivo y cabe apreciar en Sentencia la ausencia de los requisitos, tanto procesales como de fundamentación, requeridos para el válido planteamiento de la cuestión de inconstitucionalidad (por todas, SSTC 133/2004, de 22 de julio, FJ 1; 255/2004, de 22 de diciembre, FJ 2; y 224/2006, de 6 de julio, FJ 4).</w:t>
+        <w:t xml:space="preserve">A tal efecto hemos de recordar una vez más que, aun cuando el art. 37.1 LOTC abre la posibilidad de rechazar en trámite de admisión las cuestiones de inconstitucionalidad planteadas por los órganos judiciales cuando faltaren las condiciones procesales (entre otros muchos, AATC 42/1998, de 18 de febrero, FJ 1; 21/2001, de 30 de enero, FJ 1; 25/2003, de 28 de enero, FJ 3; 188/2003, de 3 de junio, FJ 1; y 206/2005, de 10 de mayo, FJ 2), no existe ningún óbice para hacer un pronunciamiento de la misma naturaleza en la fase de resolución de las mismas, esto es, mediante Sentencia, dado que la tramitación específica del art. 37.1 LOTC no tiene carácter preclusivo y cabe apreciar en Sentencia la ausencia de los requisitos, tanto procesales como de fundamentación, requeridos para el válido planteamiento de la cuestión de inconstitucionalidad (por todas, SSTC 133/2004, de 22 de julio, FJ 1; 255/2004, de 23 de diciembre, FJ 2; y 224/2006, de 6 de julio, FJ 4).</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00C21FFE" w:rsidR="00F31FAF" w:rsidRDefault="00356547">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="&lt;w:rPr xmlns:w=&quot;http://schemas.openxmlformats.org/wordprocessingml/2006/main&quot;&gt;&lt;w:lang w:val=&quot;es-ES_tradnl&quot; /&gt;&lt;/w:rPr&gt;">
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00C21FFE" w:rsidR="00F31FAF" w:rsidRDefault="00356547">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="&lt;w:rPr xmlns:w=&quot;http://schemas.openxmlformats.org/wordprocessingml/2006/main&quot;&gt;&lt;w:lang w:val=&quot;es-ES_tradnl&quot; /&gt;&lt;/w:rPr&gt;">
         <w:rPr/>
         <w:t xml:space="preserve">6. Por lo que se refiere al trámite de audiencia del art. 35.2 LOTC, es doctrina reiterada de este Tribunal que dicho trámite debe satisfacer dos funciones que le son inherentes: de un lado, garantizar una efectiva y real audiencia a las partes y al Ministerio Fiscal ante una posible decisión de tanta entidad como lo es la apertura de un proceso constitucional, poniendo a disposición del órgano judicial un medio que le permita conocer con rigor la opinión de los sujetos interesados; y, de otro lado, facilitar el examen por parte de este Tribunal acerca de la viabilidad de la cuestión misma y el alcance del problema constitucional en ella planteado.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00C21FFE" w:rsidR="00F31FAF" w:rsidRDefault="00356547">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="&lt;w:rPr xmlns:w=&quot;http://schemas.openxmlformats.org/wordprocessingml/2006/main&quot;&gt;&lt;w:lang w:val=&quot;es-ES_tradnl&quot; /&gt;&lt;/w:rPr&gt;">