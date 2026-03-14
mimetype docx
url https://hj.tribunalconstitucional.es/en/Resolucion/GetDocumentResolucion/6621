--- v0 (2025-12-13)
+++ v1 (2026-03-14)
@@ -80,51 +80,51 @@
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>de 27 de octubre de 2009</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F31FAF" w:rsidP="002E3FC7" w:rsidRDefault="00F31FAF">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00735EC7" w:rsidR="00F31FAF" w:rsidP="00B40515" w:rsidRDefault="00356547">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>El Pleno del Tribunal Constitucional, compuesto por doña María Emilia Casas Baamonde, Presidenta, don Guillermo Jiménez Sánchez, don Vicente Conde Martín de Hijas, don Javier Delgado Barrio, doña Elisa Pérez Vera, don Eugeni Gay Montalvo, don Jorge Rodríguez-Zapata Pérez, don Pascual Sala Sánchez, don Manuel Aragón Reyes y don Pablo Pérez Tremps, Magistrados, ha pronunciado </w:t>
+        <w:t>El Pleno del Tribunal Constitucional, compuesto por doña María Emilia Casas Baamonde, Presidenta, don Guillermo Jiménez Sánchez, don Vicente Conde Martín de Hijas, don Javier Delgado Barrio, doña Elisa Pérez Vera, don Eugeni Gay Montalvo, don Jorge Rodríguez-Zapata Pérez, don Pascual Sala Sánchez, don Manuel Aragón Reyes y don Pablo Pérez Tremps, Magistrados, ha pronunciado</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00B40515" w:rsidR="00F31FAF" w:rsidP="00B40515" w:rsidRDefault="00F31FAF">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00F07668" w:rsidR="00F31FAF" w:rsidP="00B40515" w:rsidRDefault="00F31FAF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="8222"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:right="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-3"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -751,60 +751,51 @@
     </w:p>
     <w:p w:rsidRPr="00C21FFE" w:rsidR="00F31FAF" w:rsidRDefault="00356547">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="&lt;w:rPr xmlns:w=&quot;http://schemas.openxmlformats.org/wordprocessingml/2006/main&quot;&gt;&lt;w:lang w:val=&quot;es-ES_tradnl&quot; /&gt;&lt;/w:rPr&gt;">
         <w:rPr/>
         <w:t xml:space="preserve">5. Si ha de ser acogido el óbice procesal formulado por el Fiscal General del Estado, otro tanto ha de suceder con el formulado por el Abogado del Estado, que discute la admisibilidad de las cuestiones por incumplimiento del juicio de relevancia en relación con el inciso segundo del art. 153.1 CP y con el párrafo segundo del art. 171.4 CP, ya que ni una ni otra de estas previsiones —referidas a “persona especialmente vulnerable que conviva con el autor”— son aplicables al caso concreto.  Argumento éste que se vincula, a su vez, muy estrechamente, a la vista de los concretos términos en los que el Juzgado promotor razona sobre la supuesta vulneración del art. 25.1 CE, con la posible inadmisibilidad de esta alegación, dado que se proyecta, precisamente, sobre la inclusión en los preceptos cuestionados de la referencia a “persona especialmente vulnerable”, calificada por el Juzgado promotor como “concepto jurídico indeteterminado”.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00C21FFE" w:rsidR="00F31FAF" w:rsidRDefault="00356547">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="&lt;w:rPr xmlns:w=&quot;http://schemas.openxmlformats.org/wordprocessingml/2006/main&quot;&gt;&lt;w:lang w:val=&quot;es-ES_tradnl&quot; /&gt;&lt;/w:rPr&gt;">
         <w:rPr/>
         <w:t xml:space="preserve">Así planteado por el Abogado del Estado el reparo procesal, debe recibir ahora la misma respuesta que recibieran en las previas Sentencias 80/2008 y 154/2009 los reparos sustancialmente iguales formulados por el Abogado del Estado en las cuestiones formuladas de forma precedente —y virtualmente idéntica— por el mismo Juzgado.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00C21FFE" w:rsidR="00F31FAF" w:rsidRDefault="00356547">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="&lt;w:rPr xmlns:w=&quot;http://schemas.openxmlformats.org/wordprocessingml/2006/main&quot;&gt;&lt;w:lang w:val=&quot;es-ES_tradnl&quot; /&gt;&lt;/w:rPr&gt;">
         <w:rPr/>
-        <w:t xml:space="preserve">Debemos pues comenzar, como hiciéramos en la Sentencia 154/2009, FJ 2, recordando que “es doctrina de este Tribunal que, aunque en principio es al órgano judicial que plantea la cuestión a quien corresponde formular el llamado juicio de relevancia, esta regla debe ceder en los supuestos en los que de manera notoria, sin necesidad de examinar el fondo debatido y en aplicación de principios jurídicos básicos se desprenda que no media nexo causal alguno entre la validez de la norma cuestionada y la resolución del proceso a quo, ya que en tales casos sólo mediante la revisión del juicio de relevancia es posible garantizar el control concreto de constitucionalidad que corresponde a la cuestión de inconstitucionalidad y evitar que los órganos judiciales puedan transferir al Tribunal Constitucional la decisión de litigios que pueden ser resueltos sin acudir a las facultades que este Tribunal tiene para excluir del ordenamiento las normas inconstitucionales (por todas, SSTC 189/1991, de 3 de octubre, FJ 2; 337/1994, de 23 de diciembre, FJ 4; 174/1998, de 23 de julio, FJ 1; 203/1998, de 15 de octubre, FJ 2; 67/2002, de 21 de marzo, FJ 2; 63/2003, de 27 de marzo, FJ 2; 255/2004, de 22 de diciembre, FJ 2; 252/2005, de 11 de octubre, FJ 3; 100/2006, de 30 de marzo, FJ 2)”.</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">Resulta así, también en el presente caso, notorio que el “inciso segundo” del art. 153.1 CP —en cuanto que podría ser relevante en la cuestión núm. 4615-2007— y el párrafo segundo del art. 171.4 CP no resultan de aplicación al caso en los procesos de los que traen causa una y otra de las cuestiones que son objeto de la presente resolución, ya que las normas de cuya validez depende el fallo y las únicas cuyo análisis de constitucionalidad nos compete en el presente procedimiento, de conformidad con lo dispuesto en el art. 35 LOTC, son el inciso primero del art. 153.1 CP —limitadamente en relación con la cuestión núm. 4615-2007— y el párrafo primero del art.  171.4 CP. Como quedó expuesto en los antecedentes, los supuestos de hecho a los que el Juez ha de aplicar las normas cuestionadas tienen como sujeto activo un hombre y como sujeto pasivo a la que es o fue su mujer, sin que exista en las actuaciones dato alguno que permita entender que la víctima era una de las personas especialmente vulnerables a las que se refieren el inciso segundo y el párrafo segundo de uno y otro de los preceptos cuestionados.</w:t>
+        <w:t xml:space="preserve">Debemos pues comenzar, como hiciéramos en la Sentencia 154/2009, FJ 2, recordando que “es doctrina de este Tribunal que, aunque en principio es al órgano judicial que plantea la cuestión a quien corresponde formular el llamado juicio de relevancia, esta regla debe ceder en los supuestos en los que de manera notoria, sin necesidad de examinar el fondo debatido y en aplicación de principios jurídicos básicos se desprenda que no media nexo causal alguno entre la validez de la norma cuestionada y la resolución del proceso a quo, ya que en tales casos sólo mediante la revisión del juicio de relevancia es posible garantizar el control concreto de constitucionalidad que corresponde a la cuestión de inconstitucionalidad y evitar que los órganos judiciales puedan transferir al Tribunal Constitucional la decisión de litigios que pueden ser resueltos sin acudir a las facultades que este Tribunal tiene para excluir del ordenamiento las normas inconstitucionales (por todas, SSTC 189/1991, de 3 de octubre, FJ 2; 337/1994, de 23 de diciembre, FJ 4; 174/1998, de 23 de julio, FJ 1; 203/1998, de 15 de octubre, FJ 2; 67/2002, de 21 de marzo, FJ 2; 63/2003, de 27 de marzo, FJ 2; 255/2004, de 23 de diciembre, FJ 2; 252/2005, de 11 de octubre, FJ 3; 100/2006, de 30 de marzo, FJ 2)”. Resulta así, también en el presente caso, notorio que el “inciso segundo” del art. 153.1 CP —en cuanto que podría ser relevante en la cuestión núm. 4615-2007— y el párrafo segundo del art. 171.4 CP no resultan de aplicación al caso en los procesos de los que traen causa una y otra de las cuestiones que son objeto de la presente resolución, ya que las normas de cuya validez depende el fallo y las únicas cuyo análisis de constitucionalidad nos compete en el presente procedimiento, de conformidad con lo dispuesto en el art. 35 LOTC, son el inciso primero del art. 153.1 CP —limitadamente en relación con la cuestión núm. 4615-2007— y el párrafo primero del art.  171.4 CP. Como quedó expuesto en los antecedentes, los supuestos de hecho a los que el Juez ha de aplicar las normas cuestionadas tienen como sujeto activo un hombre y como sujeto pasivo a la que es o fue su mujer, sin que exista en las actuaciones dato alguno que permita entender que la víctima era una de las personas especialmente vulnerables a las que se refieren el inciso segundo y el párrafo segundo de uno y otro de los preceptos cuestionados.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00C21FFE" w:rsidR="00F31FAF" w:rsidRDefault="00356547">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="&lt;w:rPr xmlns:w=&quot;http://schemas.openxmlformats.org/wordprocessingml/2006/main&quot;&gt;&lt;w:lang w:val=&quot;es-ES_tradnl&quot; /&gt;&lt;/w:rPr&gt;">
         <w:rPr/>
         <w:t xml:space="preserve">La conclusión de inadmisibilidad de las cuestiones en lo que se refiere al inciso segundo del art. 153.1 CP y al párrafo segundo del art. 171.4 CP conduce, de forma inmediata, a idéntica conclusión respecto de la duda de inconstitucionalidad que el órgano judicial formula respecto del mandato de determinación como manifestación del principio de legalidad penal (art. 25.1 CE). Y ello por cuanto, esta duda, tal y como ha quedado sustanciada en el Auto de planteamiento de la cuestión, se refiere a la vulneración del mandato de certeza por la inclusión en sendos tipos, precisamente, de la referencia a “persona especialmente vulnerable” en cuanto que concepto jurídico indeterminado, siendo así que tal referencia, tal y como hemos concluido, no es, simple y llanamente, aplicable al caso. A lo que se suma, en lo que se refiere a esta alegación de lesión del art. 25.1 CE, el incumplimiento del trámite de audiencia exigido por el art. 35.2 LOTC, siendo así que en las respectivas providencias que iniciaron dicho trámite en uno y otro procedimiento no se hacía mención alguna, ni explícita ni implícita, a la posible vulneración del mencionado precepto constitucional.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00C21FFE" w:rsidR="00F31FAF" w:rsidRDefault="00356547">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="&lt;w:rPr xmlns:w=&quot;http://schemas.openxmlformats.org/wordprocessingml/2006/main&quot;&gt;&lt;w:lang w:val=&quot;es-ES_tradnl&quot; /&gt;&lt;/w:rPr&gt;">
         <w:rPr/>
         <w:t xml:space="preserve">Cosa distinta ocurre, respecto del debido cumplimiento del trámite de audiencia y en contra de lo que pudiera parecer a primera vista, en el caso del cuestionamiento del art. 171.4 CP en el seno del proceso que ha conducido a la cuestión núm.  4615-2007. Si bien es verdad, tal y como ha quedado reflejado en los antecedentes de esta resolución, que la providencia que inició el trámite del art. 35.2 LOTC en el correspondiente proceso sólo mencionaba explícitamente el art. 153.1 CP como objeto de una posible cuestión de inconstitucionalidad, no parece dudoso —a la vista de las contestaciones de las partes, en correlación con las conclusiones del juicio oral, y teniendo en cuenta que las dudas de constitucionalidad formuladas son idénticas respecto de uno y otro de los artículos cuestionados— que el trámite cumplió plenamente su finalidad. Y ello en aplicación de la doctrina de este Tribunal según la cual —en palabras de la STC 166/2007, de 4 de julio, FJ 6— la providencia que cumpla con el trámite del 35.2 LOTC “ha de identificar mínimamente la duda de constitucionalidad (indeterminación relativa) ante quienes han de ser oídos, para que sobre la misma puedan versar las alegaciones, exigiendo en todo caso tal indeterminación relativa que las partes hayan podido conocer el planteamiento de la inconstitucionalidad realizado por el órgano judicial y, atendiendo a las circunstancias del caso, situarlo en sus exactos términos constitucionales y pronunciarse sobre él”, de modo que se haga posible cumplir con total garantía la finalidad del trámite, identificada últimamente en el ATC 33/2009, de 13 de febrero (FJ 2), con cita expresa de los AATC 47/2004, de 10 de febrero, y 202/2007, de 27 de marzo, no sólo con el aseguramiento de la intervención de las partes en el proceso a quo y del Ministerio Fiscal “con carácter previo a la posible adopción de una decisión judicial de tanta entidad como es la apertura de un proceso constitucional”, sino también con la puesta a disposición del órgano judicial de “un medio que le permita conocer, con rigor, la opinión de los sujetos interesados con el fin de facilitar su reflexión sobre la conveniencia o no de proceder a la apertura de dicho proceso”.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00C21FFE" w:rsidR="00F31FAF" w:rsidRDefault="00356547">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="&lt;w:rPr xmlns:w=&quot;http://schemas.openxmlformats.org/wordprocessingml/2006/main&quot;&gt;&lt;w:lang w:val=&quot;es-ES_tradnl&quot; /&gt;&lt;/w:rPr&gt;">