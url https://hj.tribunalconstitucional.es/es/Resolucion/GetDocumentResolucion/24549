--- v0 (2025-12-18)
+++ v1 (2026-03-05)
@@ -1102,51 +1102,51 @@
     </w:p>
     <w:p w:rsidRPr="00C21FFE" w:rsidR="00F31FAF" w:rsidRDefault="00356547">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="&lt;w:rPr xmlns:w=&quot;http://schemas.openxmlformats.org/wordprocessingml/2006/main&quot;&gt;&lt;w:lang w:val=&quot;es-ES_tradnl&quot; /&gt;&lt;/w:rPr&gt;">
         <w:rPr/>
         <w:t xml:space="preserve">La doctrina constitucional se resume en la STC 122/2013, de 18 de junio, FJ 3, al afirmarse que “[e]l derecho a la tutela judicial efectiva sin indefensión (art. 24.1 CE) garantiza a todos los que puedan resultar afectados por la decisión que se dicte en un proceso judicial el derecho a conocer su existencia, a fin de que tengan la posibilidad de intervenir en él, ser oídos, y ejercer la defensa de sus derechos e intereses legítimos. Un instrumento capital de esa correcta constitución de la relación jurídico procesal, cuya quiebra puede constituir una lesión del derecho a la tutela judicial efectiva (art. 24.1 CE) es, indudablemente, el régimen procesal de emplazamientos, citaciones y notificaciones a las partes de los distintos actos procesales que tienen lugar en el seno de un procedimiento judicial, pues sólo así cabe garantizar los indisponibles principios de contradicción e igualdad de armas entre las partes del litigio. De tal manera que la falta o deficiente realización del emplazamiento a quien ha de ser o puede ser parte en el proceso coloca al interesado en una situación de indefensión, lo que vulnera el referido derecho fundamental (SSTC 219/1999, de 29 de noviembre, FJ 2, y 128/2000, de 16 de mayo, FJ 5). Ello implica que el órgano judicial tiene no sólo el deber de velar por la correcta ejecución de los actos de comunicación procesal, sino también el de asegurarse de que dichos actos sirven a su propósito de garantizar que la parte sea oída en el proceso. Ello comporta, en lo posible, la exigencia del emplazamiento personal de los afectados y, desde otra perspectiva, la limitación del empleo de la notificación edictal a aquellos supuestos en los que no conste el domicilio de quien haya de ser emplazado o bien se ignore su paradero. En este sentido hemos declarado que, cuando del examen de los autos o de la documentación aportada por las partes se deduzca la existencia de un domicilio que haga factible practicar de forma personal los actos de comunicación procesal con el demandado, debe intentarse esta forma de notificación antes de acudir a la notificación por edictos (por todas, SSTC 40/2005, de 28 de febrero, FJ 2; 293/2005, de 21 de noviembre, FJ 2, y 245/2006, de 24 de julio, FJ 2)”.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00C21FFE" w:rsidR="00F31FAF" w:rsidRDefault="00356547">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="&lt;w:rPr xmlns:w=&quot;http://schemas.openxmlformats.org/wordprocessingml/2006/main&quot;&gt;&lt;w:lang w:val=&quot;es-ES_tradnl&quot; /&gt;&lt;/w:rPr&gt;">
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00C21FFE" w:rsidR="00F31FAF" w:rsidRDefault="00356547">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="&lt;w:rPr xmlns:w=&quot;http://schemas.openxmlformats.org/wordprocessingml/2006/main&quot;&gt;&lt;w:lang w:val=&quot;es-ES_tradnl&quot; /&gt;&lt;/w:rPr&gt;">
         <w:rPr/>
-        <w:t xml:space="preserve">En consonancia con ello, hemos afirmado en la STC 136/2014, de 8 de septiembre, FJ 2, que “cuatro son los presupuestos que venimos analizando para acreditar la vulneración de este derecho fundamental por falta de emplazamiento personal: 1) La titularidad por el demandante de amparo, al tiempo de la iniciación del proceso, de un derecho e interés legítimo y propio, susceptible de afectación por la causa enjuiciada, en las resoluciones judiciales recurridas. La situación de interés legítimo resulta identificable con cualquier ventaja o utilidad jurídica derivada de la reparación pretendida; 2) La posibilidad de identificación del interesado por el órgano jurisdiccional; 3) El cumplimiento por el órgano judicial de su obligación constitucional de velar para que los actos de comunicación procesal alcanzasen eficazmente su fin, lo que significa, entre otras cosas, concebir los emplazamientos edictales como modalidades de comunicación de carácter supletorio y excepcional (STC 126/1999, de 28 de junio) o no presumir sin más que las notificaciones realizadas a través de terceras personas hayan llegado a conocimiento de la parte interesada cuando la misma cuestiona con datos objetivos que así haya sido (STC 113/2001, de 7 de mayo); y 4) Por último, que el recurrente en amparo haya sufrido como consecuencia de la omisión del emplazamiento una situación de indefensión real y efectiva, lo que no se da cuando el interesado tiene conocimiento extraprocesal del asunto y, por su propia falta de diligencia, no se persona en la causa. El conocimiento extraprocesal del litigio ha de verificarse mediante una prueba suficiente, que no excluye las reglas del criterio humano que rigen la prueba de presunciones (por todas, SSTC, 102/2003, de 2 de junio, FJ 2; 102/2004, de 2 de junio, FJ 3; 207/2005, de 18 de junio, FJ 2; 246/2005, de 10 de octubre, FJ 3, y 124/2006, de 24 de abril, FJ 2)”.</w:t>
+        <w:t xml:space="preserve">En consonancia con ello, hemos afirmado en la STC 136/2014, de 8 de septiembre, FJ 2, que “cuatro son los presupuestos que venimos analizando para acreditar la vulneración de este derecho fundamental por falta de emplazamiento personal: 1) La titularidad por el demandante de amparo, al tiempo de la iniciación del proceso, de un derecho e interés legítimo y propio, susceptible de afectación por la causa enjuiciada, en las resoluciones judiciales recurridas. La situación de interés legítimo resulta identificable con cualquier ventaja o utilidad jurídica derivada de la reparación pretendida; 2) La posibilidad de identificación del interesado por el órgano jurisdiccional; 3) El cumplimiento por el órgano judicial de su obligación constitucional de velar para que los actos de comunicación procesal alcanzasen eficazmente su fin, lo que significa, entre otras cosas, concebir los emplazamientos edictales como modalidades de comunicación de carácter supletorio y excepcional (STC 126/1999, de 28 de junio) o no presumir sin más que las notificaciones realizadas a través de terceras personas hayan llegado a conocimiento de la parte interesada cuando la misma cuestiona con datos objetivos que así haya sido (STC 113/2001, de 7 de mayo); y 4) Por último, que el recurrente en amparo haya sufrido como consecuencia de la omisión del emplazamiento una situación de indefensión real y efectiva, lo que no se da cuando el interesado tiene conocimiento extraprocesal del asunto y, por su propia falta de diligencia, no se persona en la causa. El conocimiento extraprocesal del litigio ha de verificarse mediante una prueba suficiente, que no excluye las reglas del criterio humano que rigen la prueba de presunciones (por todas, SSTC, 102/2003, de 2 de junio, FJ 2; 102/2004, de 2 de junio, FJ 3; 207/2005, de 18 de julio, FJ 2; 246/2005, de 10 de octubre, FJ 3, y 124/2006, de 24 de abril, FJ 2)”.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00C21FFE" w:rsidR="00F31FAF" w:rsidRDefault="00356547">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="&lt;w:rPr xmlns:w=&quot;http://schemas.openxmlformats.org/wordprocessingml/2006/main&quot;&gt;&lt;w:lang w:val=&quot;es-ES_tradnl&quot; /&gt;&lt;/w:rPr&gt;">
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00C21FFE" w:rsidR="00F31FAF" w:rsidRDefault="00356547">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="&lt;w:rPr xmlns:w=&quot;http://schemas.openxmlformats.org/wordprocessingml/2006/main&quot;&gt;&lt;w:lang w:val=&quot;es-ES_tradnl&quot; /&gt;&lt;/w:rPr&gt;">
         <w:rPr/>
         <w:t xml:space="preserve">4. La aplicación de la doctrina constitucional expuesta al caso enjuiciado ha de conducir a apreciar la existencia de la vulneración del derecho a la tutela judicial efectiva (art. 24.1 CE) denunciada.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00C21FFE" w:rsidR="00F31FAF" w:rsidRDefault="00356547">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="&lt;w:rPr xmlns:w=&quot;http://schemas.openxmlformats.org/wordprocessingml/2006/main&quot;&gt;&lt;w:lang w:val=&quot;es-ES_tradnl&quot; /&gt;&lt;/w:rPr&gt;">